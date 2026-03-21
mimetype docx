--- v0 (2025-12-19)
+++ v1 (2026-03-21)
@@ -4,13433 +4,12467 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10653" w:type="dxa"/>
+        <w:tblW w:w="10708" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="11"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="60"/>
+        <w:gridCol w:w="255"/>
+        <w:gridCol w:w="46"/>
+        <w:gridCol w:w="74"/>
+        <w:gridCol w:w="38"/>
+        <w:gridCol w:w="1001"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="178"/>
+        <w:gridCol w:w="16"/>
+        <w:gridCol w:w="58"/>
+        <w:gridCol w:w="35"/>
+        <w:gridCol w:w="36"/>
+        <w:gridCol w:w="202"/>
+        <w:gridCol w:w="78"/>
+        <w:gridCol w:w="77"/>
         <w:gridCol w:w="15"/>
-        <w:gridCol w:w="36"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="179"/>
+        <w:gridCol w:w="14"/>
         <w:gridCol w:w="73"/>
-        <w:gridCol w:w="87"/>
+        <w:gridCol w:w="117"/>
+        <w:gridCol w:w="384"/>
+        <w:gridCol w:w="313"/>
+        <w:gridCol w:w="13"/>
+        <w:gridCol w:w="323"/>
+        <w:gridCol w:w="55"/>
+        <w:gridCol w:w="300"/>
+        <w:gridCol w:w="65"/>
+        <w:gridCol w:w="356"/>
+        <w:gridCol w:w="20"/>
+        <w:gridCol w:w="106"/>
+        <w:gridCol w:w="142"/>
+        <w:gridCol w:w="398"/>
+        <w:gridCol w:w="20"/>
         <w:gridCol w:w="10"/>
-        <w:gridCol w:w="424"/>
-[...13 lines deleted...]
-        <w:gridCol w:w="18"/>
+        <w:gridCol w:w="318"/>
         <w:gridCol w:w="44"/>
         <w:gridCol w:w="53"/>
-        <w:gridCol w:w="36"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="25"/>
+        <w:gridCol w:w="432"/>
+        <w:gridCol w:w="40"/>
+        <w:gridCol w:w="280"/>
+        <w:gridCol w:w="72"/>
         <w:gridCol w:w="117"/>
-        <w:gridCol w:w="114"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="49"/>
+        <w:gridCol w:w="58"/>
+        <w:gridCol w:w="170"/>
+        <w:gridCol w:w="8"/>
+        <w:gridCol w:w="12"/>
+        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="189"/>
+        <w:gridCol w:w="121"/>
+        <w:gridCol w:w="15"/>
         <w:gridCol w:w="44"/>
-        <w:gridCol w:w="165"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="273"/>
+        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="318"/>
+        <w:gridCol w:w="139"/>
+        <w:gridCol w:w="289"/>
+        <w:gridCol w:w="136"/>
+        <w:gridCol w:w="599"/>
+        <w:gridCol w:w="419"/>
+        <w:gridCol w:w="972"/>
+        <w:gridCol w:w="237"/>
+        <w:gridCol w:w="51"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="1EB6B2CA" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="1EB6B2CA" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="2329"/>
+          <w:trHeight w:val="2322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5260" w:type="dxa"/>
-            <w:gridSpan w:val="30"/>
+            <w:tcW w:w="5293" w:type="dxa"/>
+            <w:gridSpan w:val="32"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05B53A55" w14:textId="79DBD9E4" w:rsidR="002D4A35" w:rsidRPr="008B5813" w:rsidRDefault="002D4A35" w:rsidP="002D4A35">
+          <w:p w14:paraId="05B53A55" w14:textId="79DBD9E4" w:rsidR="002D4A35" w:rsidRPr="00E051D7" w:rsidRDefault="002D4A35" w:rsidP="002D4A35">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5387" w:type="dxa"/>
+            <w:tcW w:w="5355" w:type="dxa"/>
             <w:gridSpan w:val="27"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="457F60F7" w14:textId="7794DB83" w:rsidR="002D4A35" w:rsidRPr="008B5813" w:rsidRDefault="002D4A35" w:rsidP="00B94841">
+          <w:p w14:paraId="148B77CB" w14:textId="77777777" w:rsidR="002D4A35" w:rsidRPr="00E051D7" w:rsidRDefault="002D4A35" w:rsidP="000030C8">
             <w:pPr>
               <w:pStyle w:val="Otsikko2"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2551"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="457F60F7" w14:textId="7794DB83" w:rsidR="002D4A35" w:rsidRPr="00E051D7" w:rsidRDefault="002D4A35" w:rsidP="00B94841">
+            <w:pPr>
+              <w:pStyle w:val="Otsikko2"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="2551"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
               </w:rPr>
               <w:t>HAKEMUS RAJOITUSASIASSA</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47A5BF3B" w14:textId="51108765" w:rsidR="00183209" w:rsidRPr="008B5813" w:rsidRDefault="00BD2ABB" w:rsidP="00BD38D0">
-[...1 lines deleted...]
-              <w:spacing w:before="80"/>
+          <w:p w14:paraId="47A5BF3B" w14:textId="51108765" w:rsidR="00183209" w:rsidRPr="00E051D7" w:rsidRDefault="00BD2ABB" w:rsidP="00B94841">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Aravarajoituksista vapauttaminen</w:t>
             </w:r>
-            <w:r w:rsidR="00347846" w:rsidRPr="008B5813">
+            <w:r w:rsidR="00347846" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidR="0073746F" w:rsidRPr="008B5813">
+            <w:r w:rsidR="0073746F" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71C949FE" w14:textId="3CCC0B29" w:rsidR="00E67CB2" w:rsidRPr="008B5813" w:rsidRDefault="00347846" w:rsidP="00B94841">
+          <w:p w14:paraId="71C949FE" w14:textId="3CCC0B29" w:rsidR="00E67CB2" w:rsidRPr="00E051D7" w:rsidRDefault="00347846" w:rsidP="00B94841">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
-            <w:r w:rsidR="00183209" w:rsidRPr="008B5813">
+            <w:r w:rsidR="00183209" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ravalaki</w:t>
             </w:r>
-            <w:r w:rsidR="00C83865" w:rsidRPr="008B5813">
+            <w:r w:rsidR="00C83865" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>, asuntotuotantolaki</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00909925" w14:textId="798ADDDE" w:rsidR="002936A5" w:rsidRPr="008B5813" w:rsidRDefault="002936A5" w:rsidP="00BD38D0">
-[...1 lines deleted...]
-              <w:spacing w:before="80"/>
+          <w:p w14:paraId="5A9DF79F" w14:textId="17C4C99D" w:rsidR="00E051D7" w:rsidRPr="00E051D7" w:rsidRDefault="002936A5" w:rsidP="00E051D7">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Käyttö- ja luovutusrajoituksista vapauttaminen</w:t>
             </w:r>
-            <w:r w:rsidR="00347846" w:rsidRPr="008B5813">
+            <w:r w:rsidR="00347846" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="0073746F" w:rsidRPr="008B5813">
+            <w:r w:rsidR="0073746F" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>korkotukil</w:t>
             </w:r>
-            <w:r w:rsidR="00183209" w:rsidRPr="008B5813">
+            <w:r w:rsidR="00183209" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>aki (604/2001)</w:t>
             </w:r>
-          </w:p>
-[...2 lines deleted...]
-              <w:spacing w:before="80"/>
+            <w:r w:rsidR="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E051D7" w:rsidRPr="009E7772">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>asumisoikeuslaki (393/2021)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3801D8D7" w14:textId="4874E699" w:rsidR="0073746F" w:rsidRDefault="0073746F" w:rsidP="00B94841">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Käyttörajoituksista vapauttaminen</w:t>
+            </w:r>
+            <w:r w:rsidR="00347846" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...41 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="0073746F" w:rsidRPr="008B5813">
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>valtiontakauslaina</w:t>
             </w:r>
-            <w:r w:rsidR="00183209" w:rsidRPr="008B5813">
+            <w:r w:rsidR="00183209" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...23 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>laki (1008/2024)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42B7C2BD" w14:textId="046DDA9A" w:rsidR="002936A5" w:rsidRPr="00E051D7" w:rsidRDefault="002936A5" w:rsidP="00E051D7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="7B3CF63C" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="7B3CF63C" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="993"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="409" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="75EA58DE" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="75EA58DE" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3A603E20" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="3A603E20" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61F5B8F6" w14:textId="34B7F471" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="61F5B8F6" w14:textId="34B7F471" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4851" w:type="dxa"/>
-            <w:gridSpan w:val="24"/>
+            <w:tcW w:w="4858" w:type="dxa"/>
+            <w:gridSpan w:val="28"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="03DE3C18" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="03DE3C18" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Aravalaina</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FB40F33" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="7FB40F33" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Korkotukilaina</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0AC820FA" w14:textId="4A81FA41" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="0AC820FA" w14:textId="4A81FA41" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Takauslaina</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2349F733" w14:textId="22A0B839" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="2349F733" w14:textId="22A0B839" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2AC59D72" w14:textId="5C360E43" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="2AC59D72" w14:textId="5C360E43" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4961" w:type="dxa"/>
-            <w:gridSpan w:val="22"/>
+            <w:tcW w:w="4930" w:type="dxa"/>
+            <w:gridSpan w:val="23"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0ECA401D" w14:textId="3313F69C" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="0ECA401D" w14:textId="3313F69C" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Omapääoma-avustus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="78A3C5F5" w14:textId="6DBEF6E6" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="78A3C5F5" w14:textId="6DBEF6E6" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Erityisryhmien investointiavustus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7F79B5B6" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="7F79B5B6" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="70353372" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="70353372" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="706"/>
+          <w:trHeight w:val="624"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="409" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="435" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="29D0DC8C" w14:textId="3CDD0236" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="29D0DC8C" w14:textId="3CDD0236" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10238" w:type="dxa"/>
-            <w:gridSpan w:val="51"/>
+            <w:tcW w:w="10213" w:type="dxa"/>
+            <w:gridSpan w:val="55"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="59EDE7A0" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="00185773">
+          <w:p w14:paraId="59EDE7A0" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">ajoitukset ovat voimassa   </w:t>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> saakka</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5DFA8E62" w14:textId="6BB7C9EC" w:rsidR="009862AC" w:rsidRPr="008B5813" w:rsidRDefault="009862AC" w:rsidP="00185773">
+          <w:p w14:paraId="5DFA8E62" w14:textId="6BB7C9EC" w:rsidR="009862AC" w:rsidRPr="00E051D7" w:rsidRDefault="009862AC" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Rasitustodistuksen vallintarajoituksen asianumero </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="0A2CF631" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="0A2CF631" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="546"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7536" w:type="dxa"/>
-            <w:gridSpan w:val="49"/>
+            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:gridSpan w:val="51"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B99526E" w14:textId="4C9F3FE4" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4B99526E" w14:textId="4C9F3FE4" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Hakija (kohteen omistajayhteisö)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F00BE94" w14:textId="53FC2365" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3F00BE94" w14:textId="53FC2365" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:tcW w:w="3109" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A9C14BA" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1A9C14BA" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Y-tunnus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70D3D8B1" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="70D3D8B1" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="7D209142" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="7D209142" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="546"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcW w:w="3886" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="79ED5AE3" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="79ED5AE3" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Osoite</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21C4B34C" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="21C4B34C" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="3653" w:type="dxa"/>
+            <w:gridSpan w:val="27"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="121F35C4" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="121F35C4" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Postinumero ja postitoimipaikka</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="525E5ACC" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="525E5ACC" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:tcW w:w="3109" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="08CE1F9A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="08CE1F9A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Sähköpostiosoite</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="669F021A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="669F021A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="0C881C0F" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="0C881C0F" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="546"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5296" w:type="dxa"/>
-            <w:gridSpan w:val="31"/>
+            <w:tcW w:w="5303" w:type="dxa"/>
+            <w:gridSpan w:val="33"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="65718DCE" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="65718DCE" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Asianhoitaja</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="505A095A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="505A095A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2240" w:type="dxa"/>
+            <w:tcW w:w="2236" w:type="dxa"/>
             <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09B2F7AC" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="09B2F7AC" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Puhelinnumero</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C0B7F91" w14:textId="0C8EE4BC" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5C0B7F91" w14:textId="0C8EE4BC" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:tcW w:w="3109" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2925A2A7" w14:textId="5D59E0A2" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2925A2A7" w14:textId="5D59E0A2" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Y-tunnus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="23DDBC28" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="23DDBC28" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="3F087FBC" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="3F087FBC" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="546"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3853" w:type="dxa"/>
+            <w:tcW w:w="3886" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5CA9108A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5CA9108A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Osoite</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CEC5499" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5CEC5499" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3683" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="3653" w:type="dxa"/>
+            <w:gridSpan w:val="27"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="717662F2" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="717662F2" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Postinumero ja postitoimipaikka</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65BED74C" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="65BED74C" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3111" w:type="dxa"/>
+            <w:tcW w:w="3109" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65566256" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="65566256" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Sähköpostiosoite</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E077461" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3E077461" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="1437D64C" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="1437D64C" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-            <w:gridSpan w:val="57"/>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4419289D" w14:textId="2E124CAA" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00D039E8">
-[...15 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4419289D" w14:textId="2E124CAA" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Annan suostumukseni sähköiseen tiedoksiantoon ilmoittamaani sähköpostiosoitteeseen ilman erillistä päätöksen postitusta</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="4ACC0D54" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="4ACC0D54" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-            <w:gridSpan w:val="57"/>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68922CC2" w14:textId="426A5E76" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="68922CC2" w14:textId="426A5E76" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>KOHDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="172D7C47" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="172D7C47" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="551"/>
+          <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5633" w:type="dxa"/>
-            <w:gridSpan w:val="34"/>
+            <w:tcW w:w="5665" w:type="dxa"/>
+            <w:gridSpan w:val="35"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62F115C2" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="62F115C2" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kohteen nimi (kiinteistöosakeyhtiö / asunto-osakeyhtiö)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="55DC8D17" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="55DC8D17" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1859" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="091D8E7D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="091D8E7D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Y-tunnus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DF010CD" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="4DF010CD" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3155" w:type="dxa"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DC15594" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0DC15594" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kunta</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CFCBEB8" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="4CFCBEB8" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="2D650CEC" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="2D650CEC" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="551"/>
+          <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6159" w:type="dxa"/>
-            <w:gridSpan w:val="37"/>
+            <w:tcW w:w="6190" w:type="dxa"/>
+            <w:gridSpan w:val="38"/>
           </w:tcPr>
-          <w:p w14:paraId="470564B1" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="470564B1" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kohteen osoite</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="34F4BD48" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="34F4BD48" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2101" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="2095" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
           </w:tcPr>
-          <w:p w14:paraId="2C0E4AF9" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2C0E4AF9" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Rakennusten </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>lkm</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
-          <w:p w14:paraId="3B5F07CD" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3B5F07CD" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti141"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="Teksti141"/>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2387" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="47BB190A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="47BB190A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Valmistumisvuosi</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6FBC7F1A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6FBC7F1A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="3BD7C45A" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="3BD7C45A" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="551"/>
+          <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5296" w:type="dxa"/>
-            <w:gridSpan w:val="31"/>
+            <w:tcW w:w="5303" w:type="dxa"/>
+            <w:gridSpan w:val="33"/>
           </w:tcPr>
-          <w:p w14:paraId="18AD729C" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="18AD729C" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:ind w:right="-113"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kiinteistötunnus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="511278FA" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="511278FA" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5351" w:type="dxa"/>
+            <w:tcW w:w="5345" w:type="dxa"/>
             <w:gridSpan w:val="26"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB7F266" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4CB7F266" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Vuokraoikeuden laitostunnus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47DB1C41" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="47DB1C41" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti23"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...55 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="42466F4D" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="42466F4D" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="551"/>
+          <w:trHeight w:val="708"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-            <w:gridSpan w:val="57"/>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F948942" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5F948942" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Rakennusten Väestötietojärjestelmän mukaiset pysyvät rakennustunnukset (VTJ-PRT)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60629DA3" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="60629DA3" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...55 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="12F0606E" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="12F0606E" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="716"/>
+          <w:trHeight w:val="831"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-            <w:gridSpan w:val="57"/>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
           </w:tcPr>
-          <w:p w14:paraId="2328A4D5" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="008B5813">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2328A4D5" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Tontin hallintamuoto</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69483A45" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="69483A45" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...10 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  Vuokratontti         </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  Omistustontti         </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  Kaavamuutos vireillä</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="3812449F" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="3812449F" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="506"/>
+          <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcW w:w="2222" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2AB01D00" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Asuntojen lukumäärä yhteensä</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="415555F4" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti135"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01CF3A07" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Pinta-ala yhteensä</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05F1BD7E" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti136"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="415555F4" w14:textId="6C376EC2" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...15 lines deleted...]
-              <w:t>Asuntojen lukumäärä yhteensä</w:t>
+          <w:p w14:paraId="25FF3EEE" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yli 2 kk tyhjinä olleiden as. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>lkm</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="4C1DE4C0" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti138"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="05F1BD7E" w14:textId="1FC88F8A" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...15 lines deleted...]
-              <w:t>Pinta-ala yhteensä</w:t>
+          <w:p w14:paraId="31DD8277" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Tämänhetkinen käyttöaste %</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19E2CFD2" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti139"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...70 lines deleted...]
-            <w:tcW w:w="3204" w:type="dxa"/>
+            <w:tcW w:w="3180" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="42CC70DA" w14:textId="1878E179" w:rsidR="00BD38D0" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...15 lines deleted...]
-              <w:t>Vuoden (viimeisen 12 kk) keskikäyttöaste %</w:t>
+          <w:p w14:paraId="2D4B74CC" w14:textId="347EC525" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vuoden (viimeisen 12 kk) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>keski-käyttöaste</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> %</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42CC70DA" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti140"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="4DA212A9" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="4DA212A9" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="506"/>
+          <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcW w:w="2222" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="444C2B1F" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1273" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="391F1350" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2126" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="444C2B1F" w14:textId="01A9E540" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="00BD38D0" w:rsidP="00BD38D0">
-[...109 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="7834AFBD" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1273" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="1847" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="391F1350" w14:textId="035D437D" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="00BD38D0" w:rsidP="00BD38D0">
-[...115 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1846D109" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-[...257 lines deleted...]
-            <w:tcW w:w="3204" w:type="dxa"/>
+            <w:tcW w:w="3180" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6FCE04FB" w14:textId="4280E4DB" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="00BD38D0" w:rsidP="00BD38D0">
-[...115 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6FCE04FB" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="00D039E8" w14:paraId="22E8E7B2" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="22E8E7B2" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-            <w:gridSpan w:val="57"/>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="30616192" w14:textId="3C6AA29E" w:rsidR="001351D0" w:rsidRPr="00D039E8" w:rsidRDefault="001351D0" w:rsidP="00D039E8">
-[...16 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="30616192" w14:textId="3C6AA29E" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>KOHTEEN JÄLJELLÄ OLEVA LAINA JA SAADUT VALTION AVUSTUKSET</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="2565D479" w14:textId="19D3B4F9" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="2565D479" w14:textId="19D3B4F9" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="1179"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2168" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="2594" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7264B4A0" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>aravalaina</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C72599C" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>korkotukilaina</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1DA87A3E" w14:textId="6D7CAF0F" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>valtiontakauslaina</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1292" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7264B4A0" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+          <w:p w14:paraId="6FE8F463" w14:textId="67275A9D" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...84 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti135"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6ED5406D" w14:textId="0143D7B6" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="002514EA">
-[...3 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="6ED5406D" w14:textId="0143D7B6" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+            <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti135"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="50874182" w14:textId="06157C07" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="002514EA">
-[...3 lines deleted...]
-              </w:pBdr>
+          <w:p w14:paraId="50874182" w14:textId="06157C07" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+            <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti135"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3690" w:type="dxa"/>
-            <w:gridSpan w:val="25"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
+            <w:gridSpan w:val="29"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23658C09" w14:textId="1E7F3127" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+          <w:p w14:paraId="23658C09" w14:textId="1E7F3127" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">    omapääoma-avustus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0106ED02" w14:textId="12DD214C" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+          <w:p w14:paraId="0106ED02" w14:textId="12DD214C" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">    erityisryhmien investointiavustus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0B8B7B54" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+          <w:p w14:paraId="0B8B7B54" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2946" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2652" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40CF7BE4" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+          <w:p w14:paraId="40CF7BE4" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti135"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72D0AF78" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+          <w:p w14:paraId="72D0AF78" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti135"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69D26B3A" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="008B5813" w:rsidRDefault="001351D0" w:rsidP="001351D0">
+          <w:p w14:paraId="69D26B3A" w14:textId="77777777" w:rsidR="001351D0" w:rsidRPr="00E051D7" w:rsidRDefault="001351D0" w:rsidP="001351D0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="00D039E8" w14:paraId="326DE4F5" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="326DE4F5" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="329"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-            <w:gridSpan w:val="57"/>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40C721F1" w14:textId="26357AF3" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="40C721F1" w14:textId="26357AF3" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>HAETAAN VAPAUTTAMISTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="56589336" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="56589336" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="339" w:type="dxa"/>
+            <w:tcW w:w="361" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="298A0DEA" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="298A0DEA" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1721" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="1732" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="527FC253" w14:textId="53A7D878" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="527FC253" w14:textId="53A7D878" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kaikille kohteen rakennuksille</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="331" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C628632" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="0C628632" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6368ECF6" w14:textId="2EE2C7E7" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="6368ECF6" w14:textId="2EE2C7E7" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Osalle kohteen rakennuksista *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="441" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76C5D495" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="76C5D495" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2282" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:tcW w:w="2280" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31C2953E" w14:textId="10E99176" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="31C2953E" w14:textId="10E99176" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kaikille kohteen osakkeille *</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F687C6B" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="1F687C6B" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3346" w:type="dxa"/>
+            <w:tcW w:w="3316" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="041C7015" w14:textId="05D70970" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="041C7015" w14:textId="05D70970" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Tietyille kohteen osakkeille *             </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A861ECF" w14:textId="52047B9E" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0A861ECF" w14:textId="52047B9E" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>(*</w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>liitteeksi osakeluettelo</w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="37F24AB0" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="6A8C926F" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-            <w:gridSpan w:val="57"/>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5A52DCED" w14:textId="77777777" w:rsidR="00BD38D0" w:rsidRPr="008B5813" w:rsidRDefault="00BD38D0" w:rsidP="00185773">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="1F14584F" w14:textId="287435EC" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>* TIEDOT VAPAUTETTAVISTA OSAKKEISTA / RAKENNUKSISTA</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="6A8C926F" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="5F6C528F" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-            <w:gridSpan w:val="57"/>
+            <w:tcW w:w="3508" w:type="dxa"/>
+            <w:gridSpan w:val="22"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:left w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1F14584F" w14:textId="01450187" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...59 lines deleted...]
-              <w:t>RAKENNUKSISTA</w:t>
+          <w:p w14:paraId="2DDA8DF5" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Vapautettavat osakkeet nrot</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3484BD7B" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti146"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="Teksti146"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3379" w:type="dxa"/>
+            <w:gridSpan w:val="21"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57E13F82" w14:textId="276EE03D" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vapautettavat osakkeet kpl yhteensä </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti146"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:gridSpan w:val="16"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="774E3B5C" w14:textId="3C8B6F5C" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vapautettavat huoneistot </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F483029" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Teksti146"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="5F6C528F" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="4771EBC4" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3475" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="6887" w:type="dxa"/>
+            <w:gridSpan w:val="43"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DDA8DF5" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...32 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1009CAAA" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Vapautettavat rakennukset, rakennustunnukset (VTJ-PRT)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D75069E" w14:textId="62B09F7E" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
-                  <w:name w:val="Teksti146"/>
+                  <w:name w:val="Teksti129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="Teksti146"/>
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3381" w:type="dxa"/>
-[...126 lines deleted...]
-            <w:tcW w:w="3791" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="774E3B5C" w14:textId="3C8B6F5C" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...192 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="5D9A107A" w14:textId="49720F18" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Vapautettavat asunnot, lukumäärä</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D8BCE31" w14:textId="5DAAE3C5" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti129"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...202 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="5FDAFC4C" w14:textId="77777777" w:rsidTr="008350E3">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="5FDAFC4C" w14:textId="77777777" w:rsidTr="001351D0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10653" w:type="dxa"/>
-            <w:gridSpan w:val="58"/>
+            <w:tcW w:w="10708" w:type="dxa"/>
+            <w:gridSpan w:val="61"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5D13E8E8" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="5D13E8E8" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>KOHTEEN KUNTO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="3253ED92" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="3253ED92" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="626"/>
+          <w:trHeight w:val="602"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="324" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F0DDEA7" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6F0DDEA7" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1854" w:type="dxa"/>
+            <w:tcW w:w="1871" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2905AE4D" w14:textId="7BE62A38" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="02238DDB" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Normaali kunto</w:t>
             </w:r>
+          </w:p>
+          <w:p w14:paraId="2905AE4D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="422" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59FC8C1A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="59FC8C1A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4897A0E7" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4897A0E7" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Peruskorjattu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="596" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="570" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C04A77D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7C04A77D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="599A63FD" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="599A63FD" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Asunto/ rakennus pitkäaikaisesti tyhjillään</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12FACB3D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="12FACB3D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2225" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="2278" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A538CF9" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3A538CF9" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Asunto/ rakennus tuhoutunut</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="5C71CA44" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="5C71CA44" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="626"/>
+          <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="305" w:type="dxa"/>
+            <w:tcW w:w="324" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58CDCDF5" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="58CDCDF5" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1142" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="1159" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6A631AA0" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6A631AA0" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Huono kunto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7701582B" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7701582B" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1932" w:type="dxa"/>
-            <w:gridSpan w:val="14"/>
+            <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09A066FB" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="09A066FB" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Peruskorjauksen tarpeessa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="420" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="699B5A50" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="699B5A50" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="2408" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07E49292" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="07E49292" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kohde ei vastaa nykyisiä vaatimuksia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="484" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66D7A6E8" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="66D7A6E8" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3535" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="3556" w:type="dxa"/>
+            <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A2AF123" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00BD38D0">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7A2AF123" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kosteusvauriot / homevauriot</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="3004EDAA" w14:textId="77777777" w:rsidTr="008350E3">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="3004EDAA" w14:textId="77777777" w:rsidTr="001351D0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="518"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10653" w:type="dxa"/>
-            <w:gridSpan w:val="58"/>
+            <w:tcW w:w="10708" w:type="dxa"/>
+            <w:gridSpan w:val="61"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14698AF7" w14:textId="18779BC2" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="14698AF7" w14:textId="18779BC2" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Kohteen PTS:n mukaiset tulevien korjausten kustannukset, yhteensä eur </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti134"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="2290C399" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="2290C399" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="655"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-            <w:gridSpan w:val="57"/>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="59A82498" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="59A82498" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ASUNTOJEN ENSISIJAINEN KÄYTTÖ JATKOSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C238FB" w:rsidRPr="008B5813" w14:paraId="0DD53C60" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="0DD53C60" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="394" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="361" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="41AC0771" w14:textId="77777777" w:rsidR="00C238FB" w:rsidRPr="008B5813" w:rsidRDefault="00C238FB" w:rsidP="00185773">
+          <w:p w14:paraId="41AC0771" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="1716" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FA6443A" w14:textId="6185F03C" w:rsidR="00C238FB" w:rsidRPr="008B5813" w:rsidRDefault="00C238FB" w:rsidP="00185773">
+          <w:p w14:paraId="7FA6443A" w14:textId="12FA0FC7" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Myynti </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>omistus-asunnoiksi</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="424" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5EFB4BD0" w14:textId="77777777" w:rsidR="00C238FB" w:rsidRPr="008B5813" w:rsidRDefault="00C238FB" w:rsidP="00185773">
+          <w:p w14:paraId="5EFB4BD0" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="1684" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6998648B" w14:textId="09D40C25" w:rsidR="00C238FB" w:rsidRPr="008B5813" w:rsidRDefault="00C238FB" w:rsidP="00185773">
+          <w:p w14:paraId="6998648B" w14:textId="4ED0B5E8" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Myynti </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>vuokra-käyttöön</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="421" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00BABFD8" w14:textId="77777777" w:rsidR="00C238FB" w:rsidRPr="008B5813" w:rsidRDefault="00C238FB" w:rsidP="00185773">
+          <w:p w14:paraId="00BABFD8" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="1863" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="175E709A" w14:textId="77777777" w:rsidR="00C238FB" w:rsidRPr="008B5813" w:rsidRDefault="00C238FB" w:rsidP="00C238FB">
+          <w:p w14:paraId="175E709A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
-              <w:rPr>
-[...11 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:ind w:right="-113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Myynti muuhun tarkoitukseen</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="431" w:type="dxa"/>
+            <w:tcW w:w="425" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69EF16B9" w14:textId="77777777" w:rsidR="00C238FB" w:rsidRPr="008B5813" w:rsidRDefault="00C238FB" w:rsidP="00185773">
+          <w:p w14:paraId="69EF16B9" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2793" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2125" w:type="dxa"/>
+            <w:gridSpan w:val="12"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1447A4B8" w14:textId="49A873AC" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Säilyy omistajan vuokrakäytössä</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="419" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F416FA9" w14:textId="1569BC42" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1209" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4BE43BC1" w14:textId="56BD6B5F" w:rsidR="00C238FB" w:rsidRPr="00C238FB" w:rsidRDefault="00C238FB" w:rsidP="00C238FB">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4BE43BC1" w14:textId="7D072029" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:strike/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="0E0684AD" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="0E0684AD" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="2"/>
-          <w:wBefore w:w="58" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="69" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10595" w:type="dxa"/>
-            <w:gridSpan w:val="56"/>
+            <w:tcW w:w="10588" w:type="dxa"/>
+            <w:gridSpan w:val="58"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5686D782" w14:textId="3357CAA1" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="5686D782" w14:textId="3357CAA1" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>ASUKKAIDEN ASUMISJÄRJESTELYT JATKOSSA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="021E2395" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="021E2395" w14:textId="77777777" w:rsidTr="00F8585C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="435"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="482" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B1C8A49" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1678" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00F1D728" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Nykyinen vuokrasuhde jatkuu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="428" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58D7DBB1" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2296" w:type="dxa"/>
+            <w:gridSpan w:val="15"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C13FE0D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Tarjotaan asuntoa muista kohteista</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56061B7A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2180" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="435900BF" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Kunta järjestää asunnot</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="404" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="487E68AB" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Valinta5"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2791" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34823453" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:beforeLines="40" w:before="96"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Tarjotaan vuokralaisille omistusasunnoiksi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="059A37A2" w14:textId="77777777" w:rsidTr="00F8585C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:left w:w="70" w:type="dxa"/>
+            <w:right w:w="70" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
+          <w:cantSplit/>
+          <w:trHeight w:val="587"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4879D982" w14:textId="69EDE92B" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ASUNTOMARKKINATILANNE JA HAKIJAN TALOUDELLINEN TILANNE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="45B25621" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="389" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="324" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B1C8A49" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="563300F4" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2352" w:type="dxa"/>
-            <w:gridSpan w:val="13"/>
+            <w:tcW w:w="2483" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00F1D728" w14:textId="3BB1F5F9" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00C238FB">
+          <w:p w14:paraId="7DB884B3" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...49 lines deleted...]
-              <w:t xml:space="preserve"> jatkuu</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Väestöltään vähenevä alue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="434" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="384" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:right w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58D7DBB1" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2AC7D518" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:gridSpan w:val="12"/>
+            <w:tcW w:w="2968" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C13FE0D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00C238FB">
+          <w:p w14:paraId="4F46BC2E" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-              <w:t>Tarjotaan asuntoa muista kohteista</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Vuokra-asuntojen ylitarjonta</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="56061B7A" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="67AE0EF8" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="160"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1721" w:type="dxa"/>
-[...109 lines deleted...]
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="3982" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34823453" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00C238FB">
+          <w:p w14:paraId="1B812D44" w14:textId="1DD436F2" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...11 lines deleted...]
-              <w:t>Tarjotaan vuokralaisille omistusasunnoiksi</w:t>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Hakijalla on taloudellisia vaikeuksia</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="059A37A2" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="068CF567" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="587"/>
+          <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10647" w:type="dxa"/>
-[...399 lines deleted...]
-            <w:gridSpan w:val="58"/>
+            <w:tcW w:w="10648" w:type="dxa"/>
+            <w:gridSpan w:val="59"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="24728B52" w14:textId="6EE83497" w:rsidR="008350E3" w:rsidRPr="000B07F1" w:rsidRDefault="006645EA" w:rsidP="00C238FB">
-[...20 lines deleted...]
-              <w:t>Hakijan jäljellä olevat lainat ja käyttöaste</w:t>
+          <w:p w14:paraId="3DA1E2F7" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>HAKIJAN JÄLJELLÄ OLEVAT LAINAT JA KÄYTTÖASTE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="7AD19F1B" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="7AD19F1B" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
-          <w:wBefore w:w="6" w:type="dxa"/>
+          <w:gridAfter w:val="1"/>
+          <w:wBefore w:w="9" w:type="dxa"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="1012"/>
+          <w:trHeight w:val="1038"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5571" w:type="dxa"/>
-            <w:gridSpan w:val="32"/>
+            <w:tcW w:w="5303" w:type="dxa"/>
+            <w:gridSpan w:val="33"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3DB9AE" w14:textId="4CB59E41" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="008350E3">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1F3DB9AE" w14:textId="4CB59E41" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Aravalainat ja korkotukilainat, eur</w:t>
             </w:r>
-            <w:r w:rsidR="009862AC" w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="009862AC" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E090B93" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="008350E3">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1E090B93" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Muut lainat, eur </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2559" w:type="dxa"/>
-            <w:gridSpan w:val="21"/>
+            <w:tcW w:w="2209" w:type="dxa"/>
+            <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5C0DC531" w14:textId="5C300B66" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="5C0DC531" w14:textId="5C300B66" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Tämänhetkinen </w:t>
             </w:r>
-            <w:r w:rsidR="009862AC" w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="009862AC" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">yhteisön </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>käyttöaste %</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1752CAE2" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="1752CAE2" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...9 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti139"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...49 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2517" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3136" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E3E1106" w14:textId="4D3DECC6" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="002357EE">
+          <w:p w14:paraId="5E3E1106" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yli 2 kk tyhjinä olleiden as. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>lkm</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="0E1FF39E" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...56 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti138"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="1176C742" w14:textId="77777777" w:rsidTr="00FC4AE2">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="1176C742" w14:textId="77777777" w:rsidTr="001351D0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="1665"/>
+          <w:trHeight w:val="612"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10653" w:type="dxa"/>
-            <w:gridSpan w:val="58"/>
+            <w:tcW w:w="10657" w:type="dxa"/>
+            <w:gridSpan w:val="60"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DE6EEE2" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="2DE6EEE2" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>HAKEMUKSEN PERUSTELUT</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D96B1B4" w14:textId="0AC59527" w:rsidR="00324F77" w:rsidRPr="008B5813" w:rsidRDefault="00324F77" w:rsidP="002357EE">
+          <w:p w14:paraId="7D96B1B4" w14:textId="0AC59527" w:rsidR="00324F77" w:rsidRPr="00E051D7" w:rsidRDefault="00324F77" w:rsidP="00324F77">
             <w:pPr>
               <w:spacing w:before="120" w:line="300" w:lineRule="exact"/>
-              <w:ind w:right="-170"/>
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>erustelut ovat hakemuksen tärkein osa.</w:t>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Avaa omin sanoin </w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>seikat</w:t>
             </w:r>
-            <w:r w:rsidR="00185773" w:rsidRPr="008B5813">
+            <w:r w:rsidR="00185773" w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, jotka liittyvät asuntomarkkinatilanteeseen, kohteen kuntoon sekä asukkaiden aseman turvaamiseen.</w:t>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Jos hakemukseen varattu tila ei ole riittävä, lisätiedot voi esittää erillisellä liitteellä. </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B811105" w14:textId="192C3F67" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="2B811105" w14:textId="192C3F67" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="2F8CDE81" w14:textId="77777777" w:rsidTr="002357EE">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="2F8CDE81" w14:textId="77777777" w:rsidTr="00324F77">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="4184"/>
+          <w:trHeight w:val="3964"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10653" w:type="dxa"/>
-            <w:gridSpan w:val="58"/>
+            <w:tcW w:w="10657" w:type="dxa"/>
+            <w:gridSpan w:val="60"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14C6EBAC" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...23 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="14C6EBAC" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2E4BDDE8" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti134"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Teksti134"/>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="4375E9A4" w14:textId="77777777" w:rsidTr="002357EE">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="4375E9A4" w14:textId="77777777" w:rsidTr="001351D0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="558"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10653" w:type="dxa"/>
-            <w:gridSpan w:val="58"/>
+            <w:tcW w:w="10657" w:type="dxa"/>
+            <w:gridSpan w:val="60"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22AC34E5" w14:textId="1CDA7AB1" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="002357EE">
-[...20 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w14:paraId="743AFB7B" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22AC34E5" w14:textId="1CDA7AB1" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
               <w:t>HAKEMUKSEN LIITTEET</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="695B74F4" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="695B74F4" w14:textId="77777777" w:rsidTr="00324F77">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
-          <w:trHeight w:val="4823"/>
+          <w:trHeight w:val="4951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="451" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="482" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1FDD5ADE" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="1FDD5ADE" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="09F3B524" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="09F3B524" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6578EC49" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6578EC49" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B0D8DED" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="6B0D8DED" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Valinta7"/>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
-          <w:p w14:paraId="04E211EA" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="006113E9" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="04E211EA" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="595B3FC0" w14:textId="3B714EA0" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="595B3FC0" w14:textId="3B714EA0" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Valinta8"/>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
-          <w:p w14:paraId="1CA97D0C" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3677C6F5" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1CA97D0C" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12933421" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="404E9298" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12933421" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="311D2D9D" w14:textId="19122621" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="684D758F" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="311D2D9D" w14:textId="19122621" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Valinta9"/>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
-          <w:p w14:paraId="0E0D030E" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0E0D030E" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="40" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A4705CC" w14:textId="243AE6A3" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0A4705CC" w14:textId="243AE6A3" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="360" w:after="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="001D7EBB">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9934" w:type="dxa"/>
-            <w:gridSpan w:val="49"/>
+            <w:tcW w:w="9938" w:type="dxa"/>
+            <w:gridSpan w:val="53"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7DA3F485" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7DA3F485" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kunnan lausunto liitteenä</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="15E8918C" w14:textId="306F64AC" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...43 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="15E8918C" w14:textId="60E53695" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Kunnan lausunto on pyydetty toimittamaan Keskuk</w:t>
+            </w:r>
+            <w:r w:rsidR="00143B11" w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>elle</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16246BD2" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Rasitustodistus liitteenä</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0E492777" w14:textId="11D3C581" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0E492777" w14:textId="11D3C581" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Kaupparekisteriote, säätiörekisteriote tai ote yhdistysrekisteristä </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="277BC158" w14:textId="27457457" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2E8CE4E8" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="277BC158" w14:textId="27457457" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Kohteen kuntoarvio tai sitä vastaava selvitys kohteen kunnosta </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="51B520E3" w14:textId="0922161A" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="51B520E3" w14:textId="0922161A" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Kunnossapitosuunnitelma eli pitkän tähtäimen suunnitelma (PTS) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52A53DD7" w14:textId="0B68049D" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="008B5813">
+          <w:p w14:paraId="52A53DD7" w14:textId="0B68049D" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Hakijan viimeksi vahvistettu tilinpäätös ml. tuloslaskelma, tase, liitetiedot, toimintakertomus ja tase-erittelyt sekä tilintarkastuskertomus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3471CA8E" w14:textId="39721DBD" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="3471CA8E" w14:textId="39721DBD" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Hakijan harkitsemat muut tarpeelliset selvitykset </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B899E98" w14:textId="0CC31E65" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="702EE566" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B899E98" w14:textId="0CC31E65" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00F8585C">
+            <w:pPr>
+              <w:spacing w:before="80" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Kiinteistöosakeyhtiön / asunto-osakeyhtiön osakeluettelo</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2CF86E9E" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
-[...14 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="2CF86E9E" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Asiainhoitajan valtakirja, jos kyseessä on hakijan ulkopuolinen taho</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56CEB15E" w14:textId="77777777" w:rsidR="00D03132" w:rsidRPr="00D03132" w:rsidRDefault="00D03132" w:rsidP="00D03132">
-[...34 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7E8EDC1A" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E556D67" w14:textId="634F9187" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+            <w:pPr>
+              <w:spacing w:before="80"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti145"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Teksti145"/>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="268" w:type="dxa"/>
+            <w:tcW w:w="237" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="058C1056" w14:textId="6E198138" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="00185773">
+          <w:p w14:paraId="058C1056" w14:textId="6E198138" w:rsidR="00F8585C" w:rsidRPr="00E051D7" w:rsidRDefault="00F8585C" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="763F9C8D" w14:textId="77777777" w:rsidTr="008350E3">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="763F9C8D" w14:textId="77777777" w:rsidTr="001351D0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="51" w:type="dxa"/>
           <w:cantSplit/>
           <w:trHeight w:val="382"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10653" w:type="dxa"/>
-            <w:gridSpan w:val="58"/>
+            <w:tcW w:w="10657" w:type="dxa"/>
+            <w:gridSpan w:val="60"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="306D9025" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
+          <w:p w14:paraId="306D9025" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008B5813" w:rsidRPr="008B5813" w14:paraId="750F1E7D" w14:textId="77777777" w:rsidTr="00C238FB">
+      <w:tr w:rsidR="00E051D7" w:rsidRPr="00E051D7" w14:paraId="750F1E7D" w14:textId="77777777" w:rsidTr="00F8585C">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:left w:w="70" w:type="dxa"/>
             <w:right w:w="70" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="842"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2654" w:type="dxa"/>
-            <w:gridSpan w:val="17"/>
+            <w:tcW w:w="2690" w:type="dxa"/>
+            <w:gridSpan w:val="19"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0165C783" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="0165C783" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Paikka ja päivämäärä</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="38A38A7D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="38A38A7D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3863" w:type="dxa"/>
+            <w:tcW w:w="3861" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7504A317" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="7504A317" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Hakijan allekirjoitus</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4DF1B22D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...5 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4DF1B22D" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4136" w:type="dxa"/>
-            <w:gridSpan w:val="19"/>
+            <w:tcW w:w="4157" w:type="dxa"/>
+            <w:gridSpan w:val="20"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C4D35E6" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="4C4D35E6" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Nimenselvennys / asema</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49199252" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
-[...13 lines deleted...]
-                <w:szCs w:val="22"/>
+          <w:p w14:paraId="49199252" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="00E051D7" w:rsidRDefault="00185773" w:rsidP="00185773">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Teksti3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...12 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008B5813">
-[...54 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E051D7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="264AFB38" w14:textId="77777777" w:rsidR="00F43317" w:rsidRPr="008B5813" w:rsidRDefault="00F43317" w:rsidP="00F43317">
+    <w:p w14:paraId="264AFB38" w14:textId="77777777" w:rsidR="00F43317" w:rsidRPr="00E051D7" w:rsidRDefault="00F43317" w:rsidP="00F43317">
       <w:pPr>
         <w:spacing w:before="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Hlk190787236"/>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Lomake palautetaan all</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">ekirjoitettuna sähköpostilla: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidRPr="008B5813">
+        <w:r w:rsidRPr="00E051D7">
           <w:rPr>
             <w:rStyle w:val="Hyperlinkki"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
-            <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-            <w:szCs w:val="22"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="21"/>
+            <w:szCs w:val="21"/>
           </w:rPr>
           <w:t>varke.ym@gov.fi</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t> tai postitse</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Ympäristöministeriö, Valtion tukeman asuntorakentamisen keskus, PL 35, 00023 Valtioneuvosto</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:p w14:paraId="12B20FDC" w14:textId="541720DF" w:rsidR="00324F77" w:rsidRPr="008B5813" w:rsidRDefault="00324F77" w:rsidP="008B5813">
+    <w:p w14:paraId="1654DC76" w14:textId="77777777" w:rsidR="00324F77" w:rsidRPr="00E051D7" w:rsidRDefault="00324F77" w:rsidP="00324F77">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
-        <w:spacing w:before="240"/>
+        <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+    </w:p>
+    <w:p w14:paraId="12B20FDC" w14:textId="541720DF" w:rsidR="00324F77" w:rsidRPr="00E051D7" w:rsidRDefault="00324F77" w:rsidP="00324F77">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E051D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Hakijaa pyydetään kiinnittämään erityistä huomiota siihen, että hakemuksessa annetaan kaikki pyydetyt tiedot. Puutteellisiin hakemuksiin tarvittavat lisäselvitykset viivästyttävät hakemuksen käsittelyä. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E250765" w14:textId="77777777" w:rsidR="00324F77" w:rsidRPr="008B5813" w:rsidRDefault="00324F77" w:rsidP="00324F77">
+    <w:p w14:paraId="1E250765" w14:textId="77777777" w:rsidR="00324F77" w:rsidRPr="00E051D7" w:rsidRDefault="00324F77" w:rsidP="00324F77">
       <w:pPr>
         <w:spacing w:before="120" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>Hakemukseen voi liittää asiantuntijalausuntoja tai muita asiaa selventäviä asiakirjoja, kuten piirustuksia tai valokuvia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="089A9ECA" w14:textId="734025D6" w:rsidR="00BD2ABB" w:rsidRPr="008B5813" w:rsidRDefault="001820F2" w:rsidP="0073016A">
+    <w:p w14:paraId="089A9ECA" w14:textId="734025D6" w:rsidR="00BD2ABB" w:rsidRPr="00E051D7" w:rsidRDefault="001820F2" w:rsidP="0073016A">
       <w:pPr>
         <w:spacing w:before="360" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Valtion tukeman asuntorakentamisen keskus </w:t>
       </w:r>
-      <w:r w:rsidR="00BD2ABB" w:rsidRPr="008B5813">
+      <w:r w:rsidR="00BD2ABB" w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>voi myöntää vapautuksen, jos se</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECA659A" w14:textId="77777777" w:rsidR="00BD2ABB" w:rsidRPr="008B5813" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
+    <w:p w14:paraId="2ECA659A" w14:textId="77777777" w:rsidR="00BD2ABB" w:rsidRPr="00E051D7" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve">edistää alueen asuntomarkkinoiden toimivuutta, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25A8A3F5" w14:textId="77777777" w:rsidR="00BD2ABB" w:rsidRPr="008B5813" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
+    <w:p w14:paraId="25A8A3F5" w14:textId="77777777" w:rsidR="00BD2ABB" w:rsidRPr="00E051D7" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>ehkäisee asuntojen tyhjinä olemista sekä tästä aiheutuvia taloudellisia menetyksiä tai</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51A6ADC4" w14:textId="77777777" w:rsidR="00BD2ABB" w:rsidRPr="008B5813" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
+    <w:p w14:paraId="51A6ADC4" w14:textId="77777777" w:rsidR="00BD2ABB" w:rsidRPr="00E051D7" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>vapauttamiseen on muu erityinen syy.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C15266F" w14:textId="149ACD28" w:rsidR="00463BF6" w:rsidRPr="008B5813" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
+    <w:p w14:paraId="0C15266F" w14:textId="0C9B15DB" w:rsidR="00463BF6" w:rsidRPr="00E051D7" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
       <w:pPr>
         <w:spacing w:before="120" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Alkuperäisellä rajoitusajalla olevista samoin kuin korkotukilainoitetuista kohteista on </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>aina</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> esitettävä kohteen </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>sijaintikunnan lausunto</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">, jonka hakija hankkii. Jos kunnassa on tehty asuntokantaa ja sen kehittämistä koskevia selvityksiä ja suunnitelmia, </w:t>
       </w:r>
-      <w:r w:rsidR="008B5813" w:rsidRPr="008B5813">
+      <w:r w:rsidR="00463BF6" w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>suositellaan niiden</w:t>
+        <w:t xml:space="preserve">ne </w:t>
       </w:r>
-      <w:r w:rsidR="00463BF6" w:rsidRPr="008B5813">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00463BF6" w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve"> liittä</w:t>
+        <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="008B5813" w:rsidRPr="008B5813">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00463BF6" w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>mistä</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> hakemukseen.</w:t>
+        <w:t xml:space="preserve"> suositeltavaa liittää hakemukseen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0840B0B6" w14:textId="0DD5B63A" w:rsidR="00BD2ABB" w:rsidRPr="008B5813" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
+    <w:p w14:paraId="0840B0B6" w14:textId="0DD5B63A" w:rsidR="00BD2ABB" w:rsidRPr="00E051D7" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
       <w:pPr>
         <w:spacing w:before="120" w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Kun kohde on 10 vuoden jatkorajoitusajalla, </w:t>
       </w:r>
-      <w:r w:rsidR="00F8585C" w:rsidRPr="008B5813">
+      <w:r w:rsidR="00F8585C" w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>keskuksen on m</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>yönnettävä vapautus, jos rajoitusten jatkuminen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34C7FCB3" w14:textId="77777777" w:rsidR="00BD2ABB" w:rsidRPr="008B5813" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
+    <w:p w14:paraId="34C7FCB3" w14:textId="77777777" w:rsidR="00BD2ABB" w:rsidRPr="00E051D7" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve">loukkaisi omistajan oikeutta varallisuutensa normaaliin, kohtuulliseen ja järkevään käyttöön tai </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CBA755" w14:textId="5EBFDE84" w:rsidR="00BD2ABB" w:rsidRPr="008B5813" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
+    <w:p w14:paraId="76CBA755" w14:textId="5EBFDE84" w:rsidR="00BD2ABB" w:rsidRPr="00E051D7" w:rsidRDefault="00BD2ABB" w:rsidP="0073016A">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>muodostuisi muutoin ilmeisen kohtuuttomaksi</w:t>
       </w:r>
-      <w:r w:rsidR="00514491" w:rsidRPr="008B5813">
+      <w:r w:rsidR="00514491" w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t xml:space="preserve"> (aravarajoituslaki (1190/1993), 16 §)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F10D4A5" w14:textId="1ABACE92" w:rsidR="00324F77" w:rsidRPr="008B5813" w:rsidRDefault="00BD2ABB" w:rsidP="009862AC">
+    <w:p w14:paraId="3F10D4A5" w14:textId="1ABACE92" w:rsidR="00324F77" w:rsidRPr="00E051D7" w:rsidRDefault="00BD2ABB" w:rsidP="009862AC">
       <w:pPr>
         <w:pStyle w:val="Luettelokappale"/>
         <w:spacing w:before="120" w:line="300" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B5813">
+      <w:r w:rsidRPr="00E051D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="fi-FI"/>
         </w:rPr>
         <w:t>Jatkorajoitusajalla olevasta hankkeesta kunnan lausunto hankitaan harkinnan mukaan.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F08A8C" w14:textId="479673AD" w:rsidR="00D62F96" w:rsidRPr="008B5813" w:rsidRDefault="00D62F96" w:rsidP="00D62F96">
+    <w:p w14:paraId="60F08A8C" w14:textId="479673AD" w:rsidR="00D62F96" w:rsidRPr="00E051D7" w:rsidRDefault="00D62F96" w:rsidP="00D62F96">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D62F96" w:rsidRPr="008B5813" w:rsidSect="00BD38D0">
+    <w:sectPr w:rsidR="00D62F96" w:rsidRPr="00E051D7" w:rsidSect="00FB64D5">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="284" w:right="1134" w:bottom="709" w:left="851" w:header="709" w:footer="411" w:gutter="0"/>
+      <w:pgMar w:top="568" w:right="1134" w:bottom="709" w:left="851" w:header="709" w:footer="411" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="398ABF5C" w14:textId="77777777" w:rsidR="00BC34E2" w:rsidRDefault="00BC34E2" w:rsidP="005A4EEA">
+    <w:p w14:paraId="06C8C4BB" w14:textId="77777777" w:rsidR="00232D0A" w:rsidRDefault="00232D0A" w:rsidP="005A4EEA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0608A898" w14:textId="77777777" w:rsidR="00BC34E2" w:rsidRDefault="00BC34E2" w:rsidP="005A4EEA">
+    <w:p w14:paraId="4C29AD06" w14:textId="77777777" w:rsidR="00232D0A" w:rsidRDefault="00232D0A" w:rsidP="005A4EEA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -13447,51 +12481,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="273FD027" w14:textId="3C0C7B57" w:rsidR="005A4EEA" w:rsidRDefault="005A4EEA">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
     <w:r w:rsidRPr="009B1F3D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Lomake ARA 5        Sivu </w:t>
     </w:r>
     <w:r w:rsidRPr="009B1F3D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="009B1F3D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -13521,51 +12555,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="006501AD" w:rsidRPr="009B1F3D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B313ED0" w14:textId="77777777" w:rsidR="005A4EEA" w:rsidRDefault="005A4EEA">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65189C80" w14:textId="77777777" w:rsidR="00FB64D5" w:rsidRDefault="00FB64D5" w:rsidP="00FB64D5">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Lomake </w:t>
     </w:r>
     <w:r w:rsidRPr="00B94837">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>ARA</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -13603,140 +12637,140 @@
     <w:r w:rsidRPr="005D670F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/3</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0FB2E910" w14:textId="77777777" w:rsidR="00FB64D5" w:rsidRDefault="00FB64D5">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77455D7E" w14:textId="77777777" w:rsidR="00BC34E2" w:rsidRDefault="00BC34E2" w:rsidP="005A4EEA">
+    <w:p w14:paraId="167C2E40" w14:textId="77777777" w:rsidR="00232D0A" w:rsidRDefault="00232D0A" w:rsidP="005A4EEA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6CCDE746" w14:textId="77777777" w:rsidR="00BC34E2" w:rsidRDefault="00BC34E2" w:rsidP="005A4EEA">
+    <w:p w14:paraId="69E46388" w14:textId="77777777" w:rsidR="00232D0A" w:rsidRDefault="00232D0A" w:rsidP="005A4EEA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="506BE277" w14:textId="39787CA4" w:rsidR="00FB64D5" w:rsidRDefault="00FB64D5">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5E526808" wp14:editId="46CE2D2A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-288290</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>180340</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2113200" cy="968400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1255103065" name="Kuva 4" descr="Kuva, joka sisältää kohteen teksti, Fontti, Grafiikka, kuvakaappaus&#10;&#10;Kuvaus luotu automaattisesti"/>
+          <wp:docPr id="1194697099" name="Kuva 4" descr="Kuva, joka sisältää kohteen teksti, Fontti, Grafiikka, kuvakaappaus&#10;&#10;Kuvaus luotu automaattisesti"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="938869687" name="Kuva 4" descr="Kuva, joka sisältää kohteen teksti, Fontti, Grafiikka, kuvakaappaus&#10;&#10;Kuvaus luotu automaattisesti"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2113200" cy="968400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C123B05"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="040B0011"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="186921D5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="040B000F"/>
     <w:lvl w:ilvl="0">
@@ -14414,459 +13448,423 @@
   <w:num w:numId="5" w16cid:durableId="1441025067">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1467238747">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1853716715">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="561185341">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="484007294">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1127554360">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1649506875">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="nZIM8YFnJN/Jz68BtzDNdRsPeXiZpPupDBzya30MqK0PNwpvOcMFp8S9YzljyVX4rfcUqtfcq47Ths9GDNbr4g==" w:salt="tPckcZNNjzMgTcuBvBX+Cw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="g0CgCiBcWHCT7WrT15SWMAhlt1mefp+bOrOAUt6D5cdUSHxwj2rAPMFILeJChJRsYGOFnNKeb5QrknDWmJepTw==" w:salt="BQl5RTOqB3c9ZkUy5mp8gg=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008464BA"/>
-    <w:rsid w:val="00000A49"/>
     <w:rsid w:val="000015FC"/>
     <w:rsid w:val="000030C8"/>
     <w:rsid w:val="00012832"/>
     <w:rsid w:val="00013765"/>
     <w:rsid w:val="00016EBA"/>
     <w:rsid w:val="00017DE6"/>
     <w:rsid w:val="000200D0"/>
     <w:rsid w:val="00030A47"/>
+    <w:rsid w:val="0003643C"/>
     <w:rsid w:val="00042637"/>
     <w:rsid w:val="00054B56"/>
     <w:rsid w:val="00057983"/>
     <w:rsid w:val="00064595"/>
     <w:rsid w:val="00083A60"/>
     <w:rsid w:val="00083B69"/>
-    <w:rsid w:val="000948C2"/>
     <w:rsid w:val="00097EF9"/>
     <w:rsid w:val="000A1C43"/>
     <w:rsid w:val="000A5E9A"/>
-    <w:rsid w:val="000B07F1"/>
     <w:rsid w:val="000B09DD"/>
     <w:rsid w:val="000E1EFA"/>
     <w:rsid w:val="000E5A75"/>
     <w:rsid w:val="000F432E"/>
     <w:rsid w:val="000F51F1"/>
     <w:rsid w:val="000F54E5"/>
-    <w:rsid w:val="00117D7C"/>
     <w:rsid w:val="001220F5"/>
     <w:rsid w:val="00130F84"/>
     <w:rsid w:val="001351D0"/>
     <w:rsid w:val="00136815"/>
     <w:rsid w:val="00136DAF"/>
     <w:rsid w:val="00141C34"/>
     <w:rsid w:val="00141EAE"/>
     <w:rsid w:val="00143A0B"/>
-    <w:rsid w:val="00144674"/>
+    <w:rsid w:val="00143B11"/>
     <w:rsid w:val="00145CEF"/>
     <w:rsid w:val="001508B7"/>
     <w:rsid w:val="001574E4"/>
     <w:rsid w:val="00180897"/>
     <w:rsid w:val="00181E23"/>
     <w:rsid w:val="001820F2"/>
     <w:rsid w:val="00183209"/>
     <w:rsid w:val="00185773"/>
     <w:rsid w:val="0018784E"/>
     <w:rsid w:val="001B0012"/>
     <w:rsid w:val="001B77DB"/>
     <w:rsid w:val="001C235D"/>
-    <w:rsid w:val="001C58BB"/>
-    <w:rsid w:val="001D7EBB"/>
     <w:rsid w:val="001E4D0E"/>
+    <w:rsid w:val="001F0DB1"/>
     <w:rsid w:val="00205027"/>
-    <w:rsid w:val="00210C9C"/>
     <w:rsid w:val="0021690A"/>
     <w:rsid w:val="00226986"/>
     <w:rsid w:val="00231C60"/>
     <w:rsid w:val="00232D0A"/>
-    <w:rsid w:val="002357EE"/>
     <w:rsid w:val="002363E8"/>
     <w:rsid w:val="002415E3"/>
-    <w:rsid w:val="002514EA"/>
     <w:rsid w:val="00254AE7"/>
     <w:rsid w:val="00260761"/>
     <w:rsid w:val="00277889"/>
     <w:rsid w:val="00282D61"/>
     <w:rsid w:val="00285662"/>
     <w:rsid w:val="002906F2"/>
     <w:rsid w:val="002936A5"/>
     <w:rsid w:val="00293A0E"/>
+    <w:rsid w:val="002A1D5C"/>
     <w:rsid w:val="002D0436"/>
     <w:rsid w:val="002D4A35"/>
     <w:rsid w:val="002E24B9"/>
     <w:rsid w:val="00315866"/>
     <w:rsid w:val="00324F77"/>
     <w:rsid w:val="00326235"/>
     <w:rsid w:val="00327969"/>
     <w:rsid w:val="00342D40"/>
     <w:rsid w:val="0034450A"/>
     <w:rsid w:val="00347846"/>
-    <w:rsid w:val="00354053"/>
     <w:rsid w:val="0035491C"/>
     <w:rsid w:val="00357CBB"/>
     <w:rsid w:val="00391354"/>
     <w:rsid w:val="003A2A3D"/>
     <w:rsid w:val="003B4193"/>
     <w:rsid w:val="003C3817"/>
     <w:rsid w:val="003C626F"/>
     <w:rsid w:val="003D6B80"/>
     <w:rsid w:val="003E1088"/>
     <w:rsid w:val="003F466A"/>
     <w:rsid w:val="00400F3D"/>
     <w:rsid w:val="0041793F"/>
     <w:rsid w:val="00422611"/>
+    <w:rsid w:val="00432C34"/>
     <w:rsid w:val="00443CD5"/>
     <w:rsid w:val="00447481"/>
-    <w:rsid w:val="0045189E"/>
     <w:rsid w:val="00453C32"/>
     <w:rsid w:val="00454864"/>
     <w:rsid w:val="00460754"/>
     <w:rsid w:val="00461194"/>
     <w:rsid w:val="004637ED"/>
     <w:rsid w:val="00463BEA"/>
     <w:rsid w:val="00463BF6"/>
     <w:rsid w:val="004652E6"/>
     <w:rsid w:val="004709A2"/>
     <w:rsid w:val="0047460B"/>
     <w:rsid w:val="00483B0A"/>
     <w:rsid w:val="00487633"/>
     <w:rsid w:val="00493A72"/>
-    <w:rsid w:val="00495D4B"/>
     <w:rsid w:val="004B7B76"/>
-    <w:rsid w:val="004D0FCA"/>
     <w:rsid w:val="004D30B2"/>
     <w:rsid w:val="004D560E"/>
-    <w:rsid w:val="004F3FD7"/>
     <w:rsid w:val="005039E0"/>
     <w:rsid w:val="005059D3"/>
     <w:rsid w:val="00514491"/>
-    <w:rsid w:val="00516A0D"/>
     <w:rsid w:val="00520606"/>
-    <w:rsid w:val="005249E3"/>
     <w:rsid w:val="005476ED"/>
     <w:rsid w:val="00557ECC"/>
     <w:rsid w:val="005671CC"/>
     <w:rsid w:val="00570EEE"/>
     <w:rsid w:val="00571DC6"/>
     <w:rsid w:val="00575C15"/>
     <w:rsid w:val="00592FA7"/>
     <w:rsid w:val="0059579F"/>
     <w:rsid w:val="005A16F9"/>
     <w:rsid w:val="005A4EEA"/>
     <w:rsid w:val="005B0232"/>
     <w:rsid w:val="005B0F82"/>
-    <w:rsid w:val="005D1011"/>
     <w:rsid w:val="005D3285"/>
     <w:rsid w:val="005D685F"/>
     <w:rsid w:val="005D68F9"/>
+    <w:rsid w:val="005F43D8"/>
     <w:rsid w:val="005F5115"/>
     <w:rsid w:val="00600CF7"/>
     <w:rsid w:val="0060128E"/>
-    <w:rsid w:val="00614D28"/>
     <w:rsid w:val="00624124"/>
+    <w:rsid w:val="00632417"/>
     <w:rsid w:val="00635629"/>
     <w:rsid w:val="006501AD"/>
     <w:rsid w:val="00663F0F"/>
-    <w:rsid w:val="006645EA"/>
     <w:rsid w:val="00665745"/>
     <w:rsid w:val="00676BC1"/>
-    <w:rsid w:val="0068682C"/>
     <w:rsid w:val="00691640"/>
     <w:rsid w:val="00692058"/>
-    <w:rsid w:val="00697A85"/>
-    <w:rsid w:val="006B310D"/>
     <w:rsid w:val="006B5B09"/>
     <w:rsid w:val="006D02DA"/>
     <w:rsid w:val="006D243A"/>
     <w:rsid w:val="006D3E98"/>
     <w:rsid w:val="006F036C"/>
     <w:rsid w:val="006F3D4D"/>
     <w:rsid w:val="006F6AAB"/>
     <w:rsid w:val="00711CEF"/>
     <w:rsid w:val="00712B4D"/>
-    <w:rsid w:val="0072389E"/>
     <w:rsid w:val="00726567"/>
     <w:rsid w:val="0073016A"/>
     <w:rsid w:val="007323A9"/>
     <w:rsid w:val="00733FE1"/>
     <w:rsid w:val="00735B35"/>
     <w:rsid w:val="0073746F"/>
     <w:rsid w:val="00744200"/>
     <w:rsid w:val="0074554B"/>
-    <w:rsid w:val="00751B3B"/>
     <w:rsid w:val="00756FA7"/>
     <w:rsid w:val="007703C9"/>
     <w:rsid w:val="00773D15"/>
     <w:rsid w:val="00787FF0"/>
     <w:rsid w:val="00797651"/>
+    <w:rsid w:val="007B6B0E"/>
     <w:rsid w:val="007C48C0"/>
     <w:rsid w:val="007C4E3D"/>
     <w:rsid w:val="007D0A15"/>
     <w:rsid w:val="007E1A5C"/>
     <w:rsid w:val="007F028C"/>
     <w:rsid w:val="007F76CF"/>
     <w:rsid w:val="0080462E"/>
     <w:rsid w:val="00811107"/>
     <w:rsid w:val="00827E80"/>
-    <w:rsid w:val="00827EC5"/>
     <w:rsid w:val="008313B2"/>
-    <w:rsid w:val="008350E3"/>
     <w:rsid w:val="00836199"/>
     <w:rsid w:val="00840078"/>
-    <w:rsid w:val="008431C3"/>
     <w:rsid w:val="008464BA"/>
     <w:rsid w:val="00856A10"/>
     <w:rsid w:val="00863BDF"/>
     <w:rsid w:val="008714DC"/>
     <w:rsid w:val="00884DB0"/>
     <w:rsid w:val="0088657E"/>
     <w:rsid w:val="008877DB"/>
     <w:rsid w:val="00890756"/>
-    <w:rsid w:val="008B5813"/>
     <w:rsid w:val="008C07B9"/>
     <w:rsid w:val="008D1FA0"/>
     <w:rsid w:val="008E06B7"/>
     <w:rsid w:val="008E3C4A"/>
     <w:rsid w:val="008E60C2"/>
     <w:rsid w:val="008F46D9"/>
     <w:rsid w:val="008F55ED"/>
     <w:rsid w:val="008F7ACF"/>
     <w:rsid w:val="0090158D"/>
     <w:rsid w:val="009060D2"/>
     <w:rsid w:val="0091184E"/>
     <w:rsid w:val="00916993"/>
     <w:rsid w:val="00944839"/>
     <w:rsid w:val="00954DE6"/>
     <w:rsid w:val="00957294"/>
     <w:rsid w:val="00964EB3"/>
     <w:rsid w:val="00967228"/>
     <w:rsid w:val="00967D47"/>
     <w:rsid w:val="009733D1"/>
     <w:rsid w:val="0097425A"/>
     <w:rsid w:val="009862AC"/>
     <w:rsid w:val="009A0834"/>
     <w:rsid w:val="009B1F3D"/>
     <w:rsid w:val="009B2EDA"/>
-    <w:rsid w:val="009C1397"/>
     <w:rsid w:val="009D1FA3"/>
     <w:rsid w:val="009D28EC"/>
     <w:rsid w:val="009E1658"/>
     <w:rsid w:val="009E4165"/>
     <w:rsid w:val="009E48C2"/>
-    <w:rsid w:val="009E5E9F"/>
+    <w:rsid w:val="009E7772"/>
     <w:rsid w:val="009F4878"/>
     <w:rsid w:val="009F5D5B"/>
     <w:rsid w:val="00A01750"/>
     <w:rsid w:val="00A07378"/>
     <w:rsid w:val="00A263D3"/>
     <w:rsid w:val="00A279ED"/>
     <w:rsid w:val="00A35D21"/>
     <w:rsid w:val="00A41EEC"/>
     <w:rsid w:val="00A43D60"/>
     <w:rsid w:val="00A71D80"/>
     <w:rsid w:val="00A731E2"/>
     <w:rsid w:val="00A77F1D"/>
     <w:rsid w:val="00A940A4"/>
     <w:rsid w:val="00A97401"/>
     <w:rsid w:val="00AB78AD"/>
-    <w:rsid w:val="00AD7F78"/>
     <w:rsid w:val="00AE7D23"/>
     <w:rsid w:val="00B003AC"/>
     <w:rsid w:val="00B02163"/>
     <w:rsid w:val="00B07913"/>
     <w:rsid w:val="00B10A02"/>
     <w:rsid w:val="00B1112D"/>
     <w:rsid w:val="00B221B6"/>
     <w:rsid w:val="00B22C80"/>
     <w:rsid w:val="00B41572"/>
     <w:rsid w:val="00B56516"/>
     <w:rsid w:val="00B57523"/>
     <w:rsid w:val="00B629EC"/>
     <w:rsid w:val="00B73DAD"/>
-    <w:rsid w:val="00B76F99"/>
     <w:rsid w:val="00B94837"/>
     <w:rsid w:val="00B94841"/>
     <w:rsid w:val="00BC26E2"/>
-    <w:rsid w:val="00BC34E2"/>
     <w:rsid w:val="00BD2ABB"/>
-    <w:rsid w:val="00BD38D0"/>
     <w:rsid w:val="00BD5C6C"/>
     <w:rsid w:val="00BE7337"/>
     <w:rsid w:val="00C01107"/>
     <w:rsid w:val="00C01E5C"/>
-    <w:rsid w:val="00C238FB"/>
-    <w:rsid w:val="00C32E06"/>
     <w:rsid w:val="00C334E9"/>
     <w:rsid w:val="00C45484"/>
     <w:rsid w:val="00C505FD"/>
     <w:rsid w:val="00C659F5"/>
     <w:rsid w:val="00C73F1C"/>
     <w:rsid w:val="00C83865"/>
     <w:rsid w:val="00C938CD"/>
     <w:rsid w:val="00CC0B1C"/>
-    <w:rsid w:val="00CE2966"/>
     <w:rsid w:val="00CF1129"/>
     <w:rsid w:val="00D00ED2"/>
-    <w:rsid w:val="00D03132"/>
-    <w:rsid w:val="00D039E8"/>
     <w:rsid w:val="00D101C5"/>
-    <w:rsid w:val="00D30CFB"/>
+    <w:rsid w:val="00D11840"/>
     <w:rsid w:val="00D42319"/>
     <w:rsid w:val="00D50A94"/>
     <w:rsid w:val="00D5278C"/>
     <w:rsid w:val="00D539DB"/>
-    <w:rsid w:val="00D5772C"/>
+    <w:rsid w:val="00D55299"/>
     <w:rsid w:val="00D57A97"/>
     <w:rsid w:val="00D62F96"/>
     <w:rsid w:val="00D700BA"/>
     <w:rsid w:val="00D72365"/>
-    <w:rsid w:val="00D84259"/>
     <w:rsid w:val="00D92136"/>
     <w:rsid w:val="00DA713F"/>
     <w:rsid w:val="00DF4252"/>
+    <w:rsid w:val="00E051D7"/>
     <w:rsid w:val="00E2491A"/>
     <w:rsid w:val="00E25862"/>
     <w:rsid w:val="00E30D27"/>
     <w:rsid w:val="00E421F8"/>
-    <w:rsid w:val="00E43592"/>
-    <w:rsid w:val="00E659EE"/>
     <w:rsid w:val="00E67CB2"/>
     <w:rsid w:val="00E80551"/>
     <w:rsid w:val="00E836A5"/>
     <w:rsid w:val="00E91771"/>
     <w:rsid w:val="00E91F3A"/>
     <w:rsid w:val="00E9556C"/>
     <w:rsid w:val="00EC35CF"/>
     <w:rsid w:val="00ED04F9"/>
     <w:rsid w:val="00ED5FA1"/>
     <w:rsid w:val="00ED7B36"/>
     <w:rsid w:val="00EF43BE"/>
     <w:rsid w:val="00F05748"/>
-    <w:rsid w:val="00F07D2E"/>
     <w:rsid w:val="00F13C7E"/>
     <w:rsid w:val="00F43317"/>
     <w:rsid w:val="00F44FA7"/>
     <w:rsid w:val="00F51D4A"/>
     <w:rsid w:val="00F664C6"/>
     <w:rsid w:val="00F771B1"/>
     <w:rsid w:val="00F8585C"/>
     <w:rsid w:val="00F91BFF"/>
     <w:rsid w:val="00F969A0"/>
     <w:rsid w:val="00F96C63"/>
     <w:rsid w:val="00FA0B98"/>
-    <w:rsid w:val="00FA30F5"/>
     <w:rsid w:val="00FB5853"/>
     <w:rsid w:val="00FB64D5"/>
     <w:rsid w:val="00FB74A0"/>
     <w:rsid w:val="00FB7E50"/>
-    <w:rsid w:val="00FC4AE2"/>
     <w:rsid w:val="00FE36BB"/>
     <w:rsid w:val="00FF1C82"/>
     <w:rsid w:val="00FF289A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="58E259F8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{23C9AE55-7B37-48E8-91F0-75B2A7DD7E6C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fi-FI" w:eastAsia="fi-FI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -15343,79 +14341,53 @@
   <w:style w:type="paragraph" w:styleId="Kommentinotsikko">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentinteksti"/>
     <w:next w:val="Kommentinteksti"/>
     <w:link w:val="KommentinotsikkoChar"/>
     <w:rsid w:val="00460754"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentinotsikkoChar">
     <w:name w:val="Kommentin otsikko Char"/>
     <w:basedOn w:val="KommentintekstiChar"/>
     <w:link w:val="Kommentinotsikko"/>
     <w:rsid w:val="00460754"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
-    <w:div w:id="401753848">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="472868947">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="548686336">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1490172621">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -15729,75 +14701,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Ara511.dot</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>778</Words>
-  <Characters>6304</Characters>
+  <Words>769</Words>
+  <Characters>6229</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>51</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Otsikko</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hakemus aravarajoitusasiassa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ara</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7068</CharactersWithSpaces>
+  <CharactersWithSpaces>6985</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6160417</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:kirjaamo.ara@ara.fi</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>