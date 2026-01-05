--- v0 (2025-11-19)
+++ v1 (2026-01-05)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1772"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="284"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1913"/>
         <w:gridCol w:w="780"/>
@@ -3491,159 +3491,155 @@
     </w:tbl>
     <w:p w14:paraId="0774A0AB" w14:textId="77777777" w:rsidR="00B21EB6" w:rsidRPr="00995D4C" w:rsidRDefault="00B21EB6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B21EB6" w:rsidRPr="00995D4C">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="454" w:right="397" w:bottom="266" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D652C1A" w14:textId="77777777" w:rsidR="00BC50AB" w:rsidRDefault="00BC50AB" w:rsidP="00B21EB6">
+    <w:p w14:paraId="0F3CDCBA" w14:textId="77777777" w:rsidR="00010741" w:rsidRDefault="00010741" w:rsidP="00B21EB6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="01092F88" w14:textId="77777777" w:rsidR="00BC50AB" w:rsidRDefault="00BC50AB" w:rsidP="00B21EB6">
+    <w:p w14:paraId="05EA1705" w14:textId="77777777" w:rsidR="00010741" w:rsidRDefault="00010741" w:rsidP="00B21EB6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="680524E2" w14:textId="3330C069" w:rsidR="00B21EB6" w:rsidRPr="00B21EB6" w:rsidRDefault="00B21EB6" w:rsidP="00B21EB6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="70FB7765" w14:textId="721284EB" w:rsidR="00B21EB6" w:rsidRDefault="00773321" w:rsidP="00B21EB6">
     <w:pPr>
-      <w:tabs>
-[...1 lines deleted...]
-      </w:tabs>
+      <w:pStyle w:val="Alatunniste"/>
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00B21EB6">
+    <w:r w:rsidRPr="00773321">
       <w:rPr>
-        <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Lomake ARA 70</w:t>
+      <w:t>Luottolaitoksen sitoumus Valtiokonttorille</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="70FB7765" w14:textId="77777777" w:rsidR="00B21EB6" w:rsidRDefault="00B21EB6" w:rsidP="00B21EB6">
+  <w:p w14:paraId="2AF2368D" w14:textId="77777777" w:rsidR="00773321" w:rsidRPr="00773321" w:rsidRDefault="00773321" w:rsidP="00B21EB6">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64668B1D" w14:textId="77777777" w:rsidR="00BC50AB" w:rsidRDefault="00BC50AB" w:rsidP="00B21EB6">
+    <w:p w14:paraId="6E8C2C5D" w14:textId="77777777" w:rsidR="00010741" w:rsidRDefault="00010741" w:rsidP="00B21EB6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40DF0863" w14:textId="77777777" w:rsidR="00BC50AB" w:rsidRDefault="00BC50AB" w:rsidP="00B21EB6">
+    <w:p w14:paraId="10BAF22E" w14:textId="77777777" w:rsidR="00010741" w:rsidRDefault="00010741" w:rsidP="00B21EB6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60076E46" w14:textId="36312663" w:rsidR="005F62E0" w:rsidRDefault="005F62E0">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="169A74BE" wp14:editId="049BAC64">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>-288290</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>180340</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2113200" cy="968400"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1194697099" name="Kuva 4" descr="Kuva, joka sisältää kohteen teksti, Fontti, Grafiikka, kuvakaappaus&#10;&#10;Kuvaus luotu automaattisesti"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -3669,51 +3665,51 @@
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2113200" cy="968400"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="27D67914"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="040B000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="521C4354"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="040B000F"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
@@ -3754,142 +3750,145 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="652490828">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="229049299">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2006321436">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1459950557">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="fpiRfwKg48N7hJecph3bpSr8ED8ivlybTlYcrWnBhbUs0YArlJzxZyQL25+PNCpFa7/sktlwGXiIcI2aiPC+6A==" w:salt="EUK0dozEsTfj8BlklSmPGg=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="4IRykwYZUmEutrr8WUzwyuOXgZCoNBDVhmBbSzT7aWhOsJlYym5QszoonmT09qyqEy4y4ilxfZp34JPZZyWoFg==" w:salt="VH+p5tPHWEuL3oSTnLfwIg=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B21EB6"/>
+    <w:rsid w:val="00010741"/>
     <w:rsid w:val="000A66B9"/>
     <w:rsid w:val="000E0410"/>
     <w:rsid w:val="001601C1"/>
     <w:rsid w:val="0028567C"/>
     <w:rsid w:val="00315C8E"/>
     <w:rsid w:val="00332138"/>
-    <w:rsid w:val="003673D9"/>
     <w:rsid w:val="00375AEF"/>
+    <w:rsid w:val="003C39D8"/>
     <w:rsid w:val="00470AFC"/>
     <w:rsid w:val="005F62E0"/>
     <w:rsid w:val="006D23C9"/>
+    <w:rsid w:val="00773321"/>
     <w:rsid w:val="00787478"/>
     <w:rsid w:val="008547FE"/>
     <w:rsid w:val="00944933"/>
     <w:rsid w:val="00995D4C"/>
     <w:rsid w:val="00A36084"/>
     <w:rsid w:val="00AC4738"/>
     <w:rsid w:val="00B03670"/>
     <w:rsid w:val="00B21EB6"/>
     <w:rsid w:val="00BC50AB"/>
     <w:rsid w:val="00C536FC"/>
     <w:rsid w:val="00D10ED9"/>
     <w:rsid w:val="00D500E8"/>
     <w:rsid w:val="00D74D55"/>
+    <w:rsid w:val="00F05768"/>
     <w:rsid w:val="00FA43FD"/>
     <w:rsid w:val="00FB020B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2E2AA715"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C696D250-ED1B-4827-B88F-0AEA0B89CB66}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fi-FI" w:eastAsia="fi-FI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -4210,51 +4209,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Alatunniste">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normaali"/>
     <w:link w:val="AlatunnisteChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B21EB6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="AlatunnisteChar">
     <w:name w:val="Alatunniste Char"/>
     <w:basedOn w:val="Kappaleenoletusfontti"/>
     <w:link w:val="Alatunniste"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B21EB6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\03022798\Work%20Folders\LOMAKKEET\WORDjaEXCEL\Ara7005.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-teema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>