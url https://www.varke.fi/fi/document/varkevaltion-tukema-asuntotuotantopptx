--- v0 (2025-12-11)
+++ v1 (2026-01-25)
@@ -80,51 +80,51 @@
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg" /></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <!--Generated by Aspose.Slides for .NET 20.12-->
 <p:presentation xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" strictFirstAndLastChars="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483734" r:id="rId4"/>
     <p:sldMasterId id="2147483762" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId6"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId7"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="326" r:id="rId8"/>
     <p:sldId id="322" r:id="rId9"/>
     <p:sldId id="323" r:id="rId10"/>
-    <p:sldId id="320" r:id="rId11"/>
+    <p:sldId id="329" r:id="rId11"/>
     <p:sldId id="324" r:id="rId12"/>
     <p:sldId id="304" r:id="rId13"/>
     <p:sldId id="325" r:id="rId14"/>
     <p:sldId id="303" r:id="rId15"/>
     <p:sldId id="319" r:id="rId16"/>
     <p:sldId id="316" r:id="rId17"/>
     <p:sldId id="327" r:id="rId18"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:custDataLst>
     <p:tags r:id="rId19"/>
   </p:custDataLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="fi-FI"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" rtl="0" eaLnBrk="0" fontAlgn="base" hangingPunct="0">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr sz="2400" kern="1200">
@@ -497,54 +497,54 @@
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:ln>
           </a:insideV>
         </a:tcBdr>
         <a:fill>
           <a:noFill/>
         </a:fill>
       </a:tcStyle>
     </a:wholeTbl>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16679" autoAdjust="0"/>
     <p:restoredTop sz="91942" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="132" d="100"/>
-          <a:sy n="132" d="100"/>
+          <a:sx n="121" d="100"/>
+          <a:sy n="121" d="100"/>
         </p:scale>
-        <p:origin x="390" y="24"/>
+        <p:origin x="6" y="114"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide pos="2880"/>
         <p:guide orient="horz" pos="1620"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr>
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="66" d="100"/>
           <a:sy n="66" d="100"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
@@ -611,273 +611,273 @@
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="circle"/>
             <c:spPr>
               <a:solidFill>
                 <a:srgbClr val="2C5234"/>
               </a:solidFill>
               <a:ln w="9525">
                 <a:solidFill>
                   <a:srgbClr val="2C5234"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Sheet1!$A$2:$A$37</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="36"/>
                 <c:pt idx="0">
-                  <c:v>44927</c:v>
+                  <c:v>44958</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>44958</c:v>
+                  <c:v>44986</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>44986</c:v>
+                  <c:v>45017</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45017</c:v>
+                  <c:v>45047</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45047</c:v>
+                  <c:v>45078</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45078</c:v>
+                  <c:v>45108</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45108</c:v>
+                  <c:v>45139</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45139</c:v>
+                  <c:v>45170</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45170</c:v>
+                  <c:v>45200</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45200</c:v>
+                  <c:v>45231</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45231</c:v>
+                  <c:v>45261</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45261</c:v>
+                  <c:v>45292</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45292</c:v>
+                  <c:v>45323</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45323</c:v>
+                  <c:v>45352</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45352</c:v>
+                  <c:v>45383</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45383</c:v>
+                  <c:v>45413</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45413</c:v>
+                  <c:v>45444</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45444</c:v>
+                  <c:v>45474</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45474</c:v>
+                  <c:v>45505</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45505</c:v>
+                  <c:v>45536</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45536</c:v>
+                  <c:v>45566</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45566</c:v>
+                  <c:v>45597</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45597</c:v>
+                  <c:v>45627</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45627</c:v>
+                  <c:v>45658</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45658</c:v>
+                  <c:v>45689</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45689</c:v>
+                  <c:v>45717</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45717</c:v>
+                  <c:v>45748</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45748</c:v>
+                  <c:v>45778</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45778</c:v>
+                  <c:v>45809</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45809</c:v>
+                  <c:v>45839</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45839</c:v>
+                  <c:v>45870</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45870</c:v>
+                  <c:v>45901</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45901</c:v>
+                  <c:v>45931</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45931</c:v>
+                  <c:v>45962</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45962</c:v>
+                  <c:v>45992</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45992</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$37</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="36"/>
                 <c:pt idx="0">
-                  <c:v>5785</c:v>
+                  <c:v>5654</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>5654</c:v>
+                  <c:v>6254</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>6254</c:v>
+                  <c:v>6196</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>6196</c:v>
+                  <c:v>5862</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>5862</c:v>
+                  <c:v>5056</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>5056</c:v>
+                  <c:v>5596</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>5596</c:v>
+                  <c:v>5669</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>5669</c:v>
+                  <c:v>6031</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>6031</c:v>
+                  <c:v>6315</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>6315</c:v>
+                  <c:v>6932</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>6932</c:v>
+                  <c:v>8612</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>8612</c:v>
+                  <c:v>8664</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>8664</c:v>
+                  <c:v>8464</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>8464</c:v>
+                  <c:v>8395</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>8395</c:v>
+                  <c:v>8919</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>8919</c:v>
+                  <c:v>9579</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>9579</c:v>
+                  <c:v>10002</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>10002</c:v>
+                  <c:v>9406</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>9406</c:v>
+                  <c:v>9455</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>9455</c:v>
+                  <c:v>9248</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>9248</c:v>
+                  <c:v>9157</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>9157</c:v>
+                  <c:v>9009</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>9009</c:v>
+                  <c:v>8400</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>8400</c:v>
+                  <c:v>8368</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>8368</c:v>
+                  <c:v>9098</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>9098</c:v>
+                  <c:v>8753</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>8753</c:v>
+                  <c:v>8876</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>8876</c:v>
+                  <c:v>8306</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>8306</c:v>
+                  <c:v>8051</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>8051</c:v>
+                  <c:v>8902</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>8902</c:v>
+                  <c:v>8820</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>8820</c:v>
+                  <c:v>9107</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>9107</c:v>
+                  <c:v>8698</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>8698</c:v>
+                  <c:v>8509</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>8509</c:v>
+                  <c:v>7903</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>8509</c:v>
+                  <c:v>7839</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-3FE5-48BD-ABB7-B46FB26D989A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:axId val="247008815"/>
         <c:axId val="247006735"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="247008815"/>
@@ -966,51 +966,51 @@
               <a:defRPr sz="1197" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" smtId="4294967295">
                 <a:solidFill>
                   <a:srgbClr val="253746"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr sz="1197" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0" smtId="4294967295">
               <a:solidFill>
                 <a:srgbClr val="253746"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </c:txPr>
         <c:crossAx val="247008815"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
-        <a:ln>
+        <a:ln w="25400">
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:noFill/>
     <a:ln>
       <a:noFill/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="fi-FI"/>
     </a:p>
   </c:txPr>
@@ -1083,60 +1083,60 @@
                 <c:pt idx="0">
                   <c:v>Vuokra-asunnot, pitkä korkotuki</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Asumisoikeusasunnot</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Erityisryhmien vuokra-asunnot</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Vuokra-asunnot, lyhyt korkotuki</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Takauslainoitetut vuokra-asunnot</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$6</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>2818</c:v>
+                  <c:v>2568</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2452</c:v>
+                  <c:v>2609</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>2112</c:v>
+                  <c:v>2089</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1171</c:v>
+                  <c:v>1144</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>0</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-14AC-4DB7-B57A-B00A6338634B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Liukuva vuosisumma, kuluvavuosi</c:v>
                 </c:pt>
               </c:strCache>
@@ -1160,63 +1160,63 @@
                 <c:pt idx="0">
                   <c:v>Vuokra-asunnot, pitkä korkotuki</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Asumisoikeusasunnot</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Erityisryhmien vuokra-asunnot</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Vuokra-asunnot, lyhyt korkotuki</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Takauslainoitetut vuokra-asunnot</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$6</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
-                  <c:v>2663</c:v>
+                  <c:v>2534</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>2425</c:v>
+                  <c:v>2333</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1824</c:v>
+                  <c:v>1772</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1045</c:v>
+                  <c:v>1051</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>189</c:v>
+                  <c:v>149</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-14AC-4DB7-B57A-B00A6338634B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:gapWidth val="182"/>
         <c:overlap/>
         <c:axId val="1356054911"/>
         <c:axId val="1356055327"/>
       </c:barChart>
       <c:catAx>
@@ -1469,75 +1469,75 @@
                 <c:pt idx="4">
                   <c:v>Oulun MAL-kunnat</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jyväskylän MAL-kunnat</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Kuopion MAL-kunnat</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Lahden MAL-kunnat</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Muut kuin MAL-kunnat</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$B$2:$B$10</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>4152</c:v>
+                  <c:v>3583</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>410</c:v>
+                  <c:v>430</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1141</c:v>
+                  <c:v>1328</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>857</c:v>
+                  <c:v>659</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>290</c:v>
+                  <c:v>312</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>376</c:v>
+                  <c:v>470</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>119</c:v>
+                  <c:v>198</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>191</c:v>
+                  <c:v>226</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>1380</c:v>
+                  <c:v>1314</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-5F95-4FEB-AB91-4C8022E72B65}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Liukuva vuosisumma, kuluva vuosi</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
@@ -1570,75 +1570,75 @@
                 <c:pt idx="4">
                   <c:v>Oulun MAL-kunnat</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Jyväskylän MAL-kunnat</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Kuopion MAL-kunnat</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Lahden MAL-kunnat</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Muut kuin MAL-kunnat</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Sheet1!$C$2:$C$10</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
                 <c:ptCount val="9"/>
                 <c:pt idx="0">
-                  <c:v>2957</c:v>
+                  <c:v>3119</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>636</c:v>
+                  <c:v>555</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>1469</c:v>
+                  <c:v>1334</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>1404</c:v>
+                  <c:v>1389</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>245</c:v>
+                  <c:v>264</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>340</c:v>
+                  <c:v>200</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>239</c:v>
+                  <c:v>160</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>176</c:v>
+                  <c:v>77</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>743</c:v>
+                  <c:v>770</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-5F95-4FEB-AB91-4C8022E72B65}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap/>
         <c:axId val="929534431"/>
         <c:axId val="929534847"/>
       </c:barChart>
       <c:catAx>
@@ -1816,155 +1816,143 @@
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Osapäätös</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="2C5234"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$5</c:f>
+              <c:f>Sheet1!$A$2:$A$4</c:f>
               <c:strCache>
-                <c:ptCount val="4"/>
+                <c:ptCount val="3"/>
                 <c:pt idx="0">
                   <c:v>Vuokra-asunnot, pitkä korkotuki</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Erityisryhmien vuokra-asunnot</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>Asumisoikeusasunnot</c:v>
-[...1 lines deleted...]
-                <c:pt idx="3">
                   <c:v>Vuokra-asunnot, lyhyt korkotuki</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$B$2:$B$5</c:f>
+              <c:f>Sheet1!$B$2:$B$4</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="4"/>
+                <c:ptCount val="3"/>
                 <c:pt idx="0">
-                  <c:v>2133</c:v>
+                  <c:v>2335</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>952</c:v>
+                  <c:v>728</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>84</c:v>
-[...2 lines deleted...]
-                  <c:v>429</c:v>
+                  <c:v>323</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-5F95-4FEB-AB91-4C8022E72B65}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Varauspäätös</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:srgbClr val="8F993E"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
           <c:cat>
             <c:strRef>
-              <c:f>Sheet1!$A$2:$A$5</c:f>
+              <c:f>Sheet1!$A$2:$A$4</c:f>
               <c:strCache>
-                <c:ptCount val="4"/>
+                <c:ptCount val="3"/>
                 <c:pt idx="0">
                   <c:v>Vuokra-asunnot, pitkä korkotuki</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Erityisryhmien vuokra-asunnot</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>Asumisoikeusasunnot</c:v>
-[...1 lines deleted...]
-                <c:pt idx="3">
                   <c:v>Vuokra-asunnot, lyhyt korkotuki</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>Sheet1!$C$2:$C$5</c:f>
+              <c:f>Sheet1!$C$2:$C$4</c:f>
               <c:numCache>
                 <c:formatCode>#,##0</c:formatCode>
-                <c:ptCount val="4"/>
+                <c:ptCount val="3"/>
                 <c:pt idx="0">
-                  <c:v>2588</c:v>
+                  <c:v>2060</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>628</c:v>
+                  <c:v>727</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0</c:v>
-[...1 lines deleted...]
-                <c:pt idx="3">
                   <c:v>518</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-5F95-4FEB-AB91-4C8022E72B65}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap/>
         <c:axId val="929534431"/>
         <c:axId val="929534847"/>
       </c:barChart>
@@ -7257,51 +7245,51 @@
           <a:xfrm>
             <a:off x="251520" y="4905722"/>
             <a:ext cx="1600200" cy="228600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{2D1A6D07-1BBA-498B-B1BA-E05C573A5E63}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Otsikko 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{440B5A12-F6CE-44E2-A68B-96CB4412EB9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1763688" y="1383417"/>
             <a:ext cx="4968552" cy="675338"/>
@@ -7673,51 +7661,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{D12D739B-22A1-483A-9B8F-23D6BD525525}" type="datetime1">
               <a:rPr lang="fi-FI"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1857145119"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="objOnly" preserve="1">
   <p:cSld name="Sisältö">
     <p:spTree>
       <p:nvGrpSpPr>
@@ -7830,51 +7818,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{BD99CAF1-E4F0-4ED5-A314-A3DC8A889879}" type="datetime1">
               <a:rPr lang="fi-FI"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="44696120"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="chartAndTx" preserve="1">
   <p:cSld name="Otsikko, kaavio ja teksti">
     <p:spTree>
       <p:nvGrpSpPr>
@@ -8013,51 +8001,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{12798A5E-2CC7-46B8-963D-7D8C1E316205}" type="datetime1">
               <a:rPr lang="fi-FI"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1359226060"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="dgm" preserve="1">
   <p:cSld name="Otsikko sekä kaaviokuva tai organisaatiokaavio">
     <p:spTree>
       <p:nvGrpSpPr>
@@ -8154,51 +8142,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{B3DFA79E-4E34-496B-B412-F381A7A4DF0F}" type="datetime1">
               <a:rPr lang="fi-FI"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3047062433"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
   <p:cSld name="2_Mukautettu asettelu">
     <p:bg>
       <p:bgPr>
@@ -8372,91 +8360,91 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Kuva 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB958642-6C33-BB5B-472E-AC4812AE1968}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId2"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="54120" r="8037"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4834804" y="0"/>
             <a:ext cx="4309196" cy="2359852"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Kuva 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11E04873-5623-2CC8-656E-CDA47166F316}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId4"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="53971" t="37341" r="1" b="1"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="0" y="1739477"/>
             <a:ext cx="2655155" cy="3404023"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Otsikko 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5F4AA9B-AD40-4597-B2A1-918F007A1080}"/>
               </a:ext>
@@ -8664,51 +8652,51 @@
           <a:p>
             <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{1AE6B3D6-2E8A-46E0-BCA4-C993A0EE525B}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Dian numeron paikkamerkki 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4B59C3C-310B-4105-A7A9-F96B8B289D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
@@ -8749,100 +8737,100 @@
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Kuva 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D82CA6AF-83B9-4D09-83AD-4B553595710B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5602309" y="198736"/>
             <a:ext cx="3457157" cy="604001"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Kuva 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66C29F31-27A9-F756-2CDD-B9E117B2799D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId7"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect r="6607" b="55586"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5033854" y="3189294"/>
             <a:ext cx="4105379" cy="1954205"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="788925503"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
@@ -9031,51 +9019,51 @@
           <a:p>
             <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{9D6569EC-135D-470D-AF34-2A7FC831DBDD}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Alatunnisteen paikkamerkki 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A83A69CA-DEF0-4B76-86AD-7D71E2BD83AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
@@ -9173,51 +9161,51 @@
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Kuva 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{884DC2E4-E786-4D11-C062-C6029D21FAFA}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5602309" y="198736"/>
             <a:ext cx="3457157" cy="604001"/>
           </a:xfrm>
@@ -9250,51 +9238,51 @@
           <a:srgbClr val="2C5234"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Kuva 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D82CA6AF-83B9-4D09-83AD-4B553595710B}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="211814" y="4253186"/>
             <a:ext cx="3469112" cy="606092"/>
           </a:xfrm>
@@ -9514,51 +9502,51 @@
           <a:p>
             <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{F8901E5F-E743-4563-BE5B-8B4115EC5E81}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Dian numeron paikkamerkki 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4B59C3C-310B-4105-A7A9-F96B8B289D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
@@ -9987,51 +9975,51 @@
           <a:p>
             <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{2324BAB4-7A50-4285-A8AF-2E76234A09B7}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="2C5234"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="2C5234"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Dian numeron paikkamerkki 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4B59C3C-310B-4105-A7A9-F96B8B289D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
@@ -10197,51 +10185,51 @@
               <a:buNone/>
               <a:defRPr b="1" i="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t>Lisää kuva napsauttamalla kuvaketta</a:t>
             </a:r>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Kuva 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46460924-CF2A-F85B-FAC8-AC16A37C2A95}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="211814" y="4253187"/>
             <a:ext cx="3469113" cy="606091"/>
           </a:xfrm>
@@ -10499,51 +10487,51 @@
           <a:p>
             <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{2324BAB4-7A50-4285-A8AF-2E76234A09B7}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="2C5234"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="2C5234"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Dian numeron paikkamerkki 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4B59C3C-310B-4105-A7A9-F96B8B289D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
@@ -10709,51 +10697,51 @@
               <a:buNone/>
               <a:defRPr b="1" i="1">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI"/>
               <a:t>Lisää kuva napsauttamalla kuvaketta</a:t>
             </a:r>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Kuva 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46460924-CF2A-F85B-FAC8-AC16A37C2A95}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="1"/>
+                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="211814" y="4253187"/>
             <a:ext cx="3469113" cy="606091"/>
           </a:xfrm>
@@ -10855,51 +10843,51 @@
                   <a:srgbClr val="262626"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="ヒラギノ角ゴ Pro W3" pitchFamily="32" charset="-128"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="fi-FI" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="262626"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="ヒラギノ角ゴ Pro W3" pitchFamily="32" charset="-128"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -11195,157 +11183,157 @@
           <a:p>
             <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{2A7E3B0E-B251-407B-8636-10AD5910FED4}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Kuva 10" descr="Valtion tukeman asuntorakentamisen keskuksen logo, joka muodostuu ympäristöministeriön leijona-tunnuksesta ja nimiosasta sekä keskuksen nimestä.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A39CC0E-82E0-4C8B-92E1-CE7DE6254A82}"/>
               </a:ext>
               <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
-                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" xmlns="" val="0"/>
+                <adec:decorative xmlns="" xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="0"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId1">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1037504" y="2100185"/>
             <a:ext cx="7068993" cy="1235031"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Kuva 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46D12B9A-3F7C-56CC-5D24-8C9613326466}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId3"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="53648" r="3813" b="-1"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4890655" y="7006"/>
             <a:ext cx="4253345" cy="1930400"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Kuva 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FEA1E40-B62B-764B-7D5A-9873EE2B20CA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" xmlns="" r:embed="rId5"/>
+                <asvg:svgBlip xmlns="" xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId5"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="9562" b="52458"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="3477501"/>
             <a:ext cx="2881745" cy="1662869"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Tekstiruutu 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7DA2FB2-D141-2A33-327E-ED8077344374}"/>
               </a:ext>
@@ -11485,51 +11473,51 @@
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{2D1A6D07-1BBA-498B-B1BA-E05C573A5E63}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Taulukon paikkamerkki 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CABAFD10-85CD-41DC-80B6-3C0A888B4ED3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="tbl" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="683569" y="1419623"/>
             <a:ext cx="7941318" cy="3024336"/>
@@ -11626,51 +11614,51 @@
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{2D1A6D07-1BBA-498B-B1BA-E05C573A5E63}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Kaavion paikkamerkki 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CFA13F0-ED6C-4B2A-B630-B752F0E5D4F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="chart" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="614012" y="1491630"/>
             <a:ext cx="8066088" cy="3024188"/>
@@ -11825,51 +11813,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{83217F9A-5279-4A99-98DC-50C5833EE471}" type="datetime1">
               <a:rPr lang="fi-FI"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tekstin paikkamerkki 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{930B0BB3-3E52-4E26-B212-095745F29EAE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="723292" y="1347614"/>
             <a:ext cx="1272444" cy="3338512"/>
@@ -12036,51 +12024,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{B8B6ABD5-3CA2-4D3B-81B3-32D926D0C86F}" type="datetime1">
               <a:rPr lang="fi-FI"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3328889310"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Kaksi sisältökohdetta">
     <p:spTree>
       <p:nvGrpSpPr>
@@ -12298,51 +12286,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{5B7540CC-64CA-427D-8907-07D52159AF6C}" type="datetime1">
               <a:rPr lang="fi-FI"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Sisällön paikkamerkki 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81239D2D-06C7-43FF-B16F-FCA25975111C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="733942" y="1419622"/>
             <a:ext cx="3474995" cy="2971800"/>
@@ -12566,51 +12554,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{C1162F13-369F-4FB4-9811-5718EB0BBD74}" type="datetime1">
               <a:rPr lang="fi-FI"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2817261751"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="blank" preserve="1">
   <p:cSld name="Tyhjä">
     <p:spTree>
       <p:nvGrpSpPr>
@@ -12635,51 +12623,51 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{A4C4ECE4-EF7B-4899-8337-9177D72C5861}" type="datetime1">
               <a:rPr lang="fi-FI"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2891819094"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml" /><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png" /><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml" /></Relationships>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml" /></Relationships>
 </file>
@@ -12932,51 +12920,51 @@
                   <a:srgbClr val="262626"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="ヒラギノ角ゴ Pro W3" pitchFamily="32" charset="-128"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="fi-FI" sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="30000" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="262626"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="ヒラギノ角ゴ Pro W3" pitchFamily="32" charset="-128"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A393E43D-9641-4743-87FB-3BB21D2298B7}"/>
               </a:ext>
@@ -13800,51 +13788,51 @@
           <a:p>
             <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:fld id="{6C92F02F-BB91-4F5D-9986-38A851A58566}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="2C5234"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
                 <a:ea typeface="+mn-ea"/>
               </a:rPr>
               <a:pPr defTabSz="685800" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
               </a:pPr>
-              <a:t>16.4.2025</a:t>
+              <a:t>21.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="2C5234"/>
               </a:solidFill>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Dian numeron paikkamerkki 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE79737B-6D60-4D97-8229-8CAA42848EA9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
@@ -14208,78 +14196,78 @@
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
   <p:extLst>
     <p:ext uri="{27BBF7A9-308A-43DC-89C8-2F10F3537804}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" pos="3840">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" orient="horz" pos="2160">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml" /></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide10.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png" /></Relationships>
+<file path=ppt/slides/_rels/slide10.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png" /></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml" /></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml" /></Relationships>
+<file path=ppt/slides/_rels/slide2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml" /></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml" /></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png" /></Relationships>
+<file path=ppt/slides/_rels/slide4.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml" /></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml" /></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml" /></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png" /></Relationships>
+<file path=ppt/slides/_rels/slide7.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png" /></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png" /></Relationships>
+<file path=ppt/slides/_rels/slide8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png" /></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide9.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png" /></Relationships>
+<file path=ppt/slides/_rels/slide9.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png" /></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
@@ -14302,51 +14290,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Subtitle 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1660465" y="2643758"/>
             <a:ext cx="5201293" cy="937064"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI" smtClean="0"/>
-              <a:t> 09.12.2025</a:t>
+              <a:t> 23.01.2026</a:t>
             </a:r>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3009468735"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
@@ -14559,2021 +14547,2403 @@
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buClrTx/>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{BBEC1CD8-6C61-4A6C-883E-ED73D37B3667}" type="datetime1">
               <a:rPr lang="fi-FI" altLang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:buClrTx/>
                 <a:buFontTx/>
                 <a:buNone/>
               </a:pPr>
-              <a:t>9.12.2025</a:t>
+              <a:t>23.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" altLang="fi-FI">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{997649C4-8EB2-4C06-9D5A-E12A1B6B1539}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="526869" y="721414"/>
-            <a:ext cx="8532440" cy="342900"/>
+            <a:ext cx="6277379" cy="342900"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" smtClean="0">
                 <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Valtion tukeman asuntotuotannon </a:t>
+              <a:t>Valtion tukeman asuntotuotannon rakennuskustannus </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" err="1">
+              <a:rPr lang="en-US" sz="2000">
                 <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>rakennuskustannus (€/as.m</a:t>
+              <a:t>(€/as.m</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" baseline="30000">
                 <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000">
                 <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-FI" sz="2000">
               <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Content Placeholder 5" descr="&lt;PgzH&gt;"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6988734" y="1224514"/>
+            <a:off x="6876356" y="300256"/>
             <a:ext cx="1662112" cy="935831"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Content Placeholder 7" descr="&lt;rSHfKEq&gt;"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="6988734" y="2133514"/>
+            <a:off x="6876356" y="1203598"/>
             <a:ext cx="1662112" cy="935831"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="3" name="Table 2"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="637431367"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="606659521"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="6732240" y="3146400"/>
-          <a:ext cx="2312989" cy="1539040"/>
+          <a:off x="6444207" y="2197470"/>
+          <a:ext cx="2520280" cy="2574614"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5940675A-B579-460E-94D1-54222C63F5DA}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
-                <a:gridCol w="1087005">
+                <a:gridCol w="1037763">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2465023846"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="657248">
+                <a:gridCol w="642782">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="159120958"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
-                <a:gridCol w="568736">
+                <a:gridCol w="839735">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
                       <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3388916572"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
-              <a:tr h="175840">
+              <a:tr h="218234">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>HELSINKI</a:t>
                       </a:r>
-                      <a:endParaRPr lang="fi-FI" sz="1000">
+                      <a:endParaRPr lang="fi-FI" sz="800">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="72000" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="r"/>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 741</a:t>
+                        <a:t>3 733</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr algn="l"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="700" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>0,0%</a:t>
+                        <a:t>-0,3%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2512851912"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="80112">
+              <a:tr h="218234">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>ESPOO</a:t>
                       </a:r>
-                      <a:endParaRPr lang="fi-FI" sz="1000">
+                      <a:endParaRPr lang="fi-FI" sz="800">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="72000" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+                      <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 447</a:t>
+                        <a:t>3 411</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr algn="l"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="700" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-3,6%</a:t>
+                        <a:t>-4,4%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3278532655"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="56392">
+              <a:tr h="218234">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>VANTAA</a:t>
                       </a:r>
-                      <a:endParaRPr lang="fi-FI" sz="1000">
+                      <a:endParaRPr lang="fi-FI" sz="800">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="72000" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="r"/>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 086</a:t>
+                        <a:t>2 964</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr algn="l"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="700" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-18,2%</a:t>
+                        <a:t>-</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1828440483"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="101811">
+              <a:tr h="258668">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>KEHYSKUNNAT</a:t>
                       </a:r>
-                      <a:endParaRPr lang="fi-FI" sz="1000">
+                      <a:endParaRPr lang="fi-FI" sz="800">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="72000" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="r"/>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 248</a:t>
+                        <a:t>3 249</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr algn="l"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="700" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-1,1%</a:t>
+                        <a:t>-1,2%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="51805533"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="0">
+              <a:tr h="218234">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>TAMPERE</a:t>
                       </a:r>
-                      <a:endParaRPr lang="fi-FI" sz="1000">
+                      <a:endParaRPr lang="fi-FI" sz="800">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="72000" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="r"/>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>3 364</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr algn="l"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="700" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-0,5%</a:t>
+                        <a:t>0,1%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2090613301"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="68288">
+              <a:tr h="218234">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>TURKU</a:t>
                       </a:r>
-                      <a:endParaRPr lang="fi-FI" sz="1000">
+                      <a:endParaRPr lang="fi-FI" sz="800">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="72000" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="r"/>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 180</a:t>
+                        <a:t>3 171</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr algn="l"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="700" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-0,7%</a:t>
+                        <a:t>-1,2%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3627759849"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="74952">
+              <a:tr h="218234">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>JYVÄSKYLÄ</a:t>
                       </a:r>
-                      <a:endParaRPr lang="fi-FI" sz="1000">
+                      <a:endParaRPr lang="fi-FI" sz="800">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="72000" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="r"/>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>3 254</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr algn="l"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="700" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>0,8%</a:t>
+                        <a:t>-</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="592590298"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="58088">
+              <a:tr h="218234">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>KUOPIO</a:t>
                       </a:r>
-                      <a:endParaRPr lang="fi-FI" sz="1000">
+                      <a:endParaRPr lang="fi-FI" sz="800">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="72000" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="r"/>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>3 093</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr algn="l"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="700" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>2,4%</a:t>
+                        <a:t>-</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1945912275"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
-              <a:tr h="51238">
+              <a:tr h="218234">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>LAHTI</a:t>
                       </a:r>
-                      <a:endParaRPr lang="fi-FI" sz="1000">
+                      <a:endParaRPr lang="fi-FI" sz="800">
                         <a:solidFill>
                           <a:schemeClr val="bg1"/>
                         </a:solidFill>
                         <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="72000" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="r"/>
+                      <a:pPr algn="l"/>
                       <a:r>
-                        <a:rPr lang="fi-FI" sz="1000" smtClean="0">
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>3 280</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
-                      <a:pPr algn="ctr"/>
+                      <a:pPr algn="l"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="700" smtClean="0">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>15,3%</a:t>
+                        <a:t>-</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
-                  <a:tcPr marL="0" marR="36000" marT="18000" marB="0" anchor="ctr">
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
                     <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnL>
                     <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnR>
                     <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:lnTlToBr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnTlToBr>
                     <a:lnBlToTr w="12700" cmpd="sng">
                       <a:noFill/>
                       <a:prstDash val="solid"/>
                     </a:lnBlToTr>
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4163490659"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
+              <a:tr h="218234">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>OULU</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="fi-FI" sz="800">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="36000" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="2C5234"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="800" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>3 069</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="2C5234"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="l"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="700" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> -3,9%</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="0" marR="0" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="2C5234"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1409493937"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="314893">
+                <a:tc gridSpan="3">
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="800" b="0" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Segoe UI" panose="020b0502040204020203" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Segoe UI" panose="020b0502040204020203" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Muutosprosenttia ei lasketa mikäli kuluvan vuoden tai vertailuvuoden hankkeiden määrä on alle 5 kpl.</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="fi-FI" sz="800" b="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Segoe UI" panose="020b0502040204020203" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Segoe UI" panose="020b0502040204020203" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="108000" marR="36000" marT="72000" marB="36000">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="2C5234"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="r"/>
+                      <a:endParaRPr lang="fi-FI" sz="800" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="36000" marR="36000" marT="72000" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="2C5234"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="fi-FI" sz="700" smtClean="0">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="36000" marR="36000" marT="72000" marB="0">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                    <a:lnTlToBr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnTlToBr>
+                    <a:lnBlToTr w="12700" cmpd="sng">
+                      <a:noFill/>
+                      <a:prstDash val="solid"/>
+                    </a:lnBlToTr>
+                    <a:solidFill>
+                      <a:srgbClr val="2C5234"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1271365027"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Content Placeholder 5" descr="&lt;LJYJG_1&gt;"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="683568" y="1419622"/>
-            <a:ext cx="5976938" cy="3259931"/>
+            <a:off x="179512" y="1395139"/>
+            <a:ext cx="6167438" cy="3362325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3755066150"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
@@ -16772,82 +17142,50 @@
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...30 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5122" name="Päivämäärän paikkamerkki 4" hidden="1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{683369B0-6045-45E7-B818-0F0430D31566}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
@@ -17028,51 +17366,51 @@
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buClrTx/>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{F0014CB2-086A-47B3-95AD-49C0CE7E4495}" type="datetime1">
               <a:rPr lang="fi-FI" altLang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:buClrTx/>
                 <a:buFontTx/>
                 <a:buNone/>
               </a:pPr>
-              <a:t>9.12.2025</a:t>
+              <a:t>23.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" altLang="fi-FI">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB01E596-61BA-42DE-AD20-8741C4061201}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -17089,65 +17427,198 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" smtClean="0">
                 <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Alkavat valtion tukemat asunnot</a:t>
             </a:r>
             <a:endParaRPr lang="en-FI" sz="2000">
               <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Content Placeholder 7"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph sz="half" idx="11"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
-                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3547422780"/>
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2825445319"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
-          <a:off x="683568" y="1419622"/>
-          <a:ext cx="7992888" cy="3528392"/>
+          <a:off x="611560" y="1419622"/>
+          <a:ext cx="8064896" cy="3312368"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" r:id="rId4"/>
+            <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" r:id="rId3"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7222079" y="804821"/>
+            <a:ext cx="1316464" cy="304800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-6%</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5453252" y="643318"/>
+            <a:ext cx="1906740" cy="518160"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="2800"/>
+              <a:t>7 903</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7216343" y="1034435"/>
+            <a:ext cx="1152128" cy="276999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="1200" smtClean="0">
+                <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Vuosimuutos</a:t>
+            </a:r>
+            <a:endParaRPr lang="fi-FI" sz="1200">
+              <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6012160" y="358960"/>
+            <a:ext cx="2212661" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="1800" smtClean="0">
+                <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Liukuva vuosisumma</a:t>
+            </a:r>
+            <a:endParaRPr lang="fi-FI" sz="1800">
+              <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2854122950"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
@@ -17355,51 +17826,51 @@
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buClrTx/>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{BBEC1CD8-6C61-4A6C-883E-ED73D37B3667}" type="datetime1">
               <a:rPr lang="fi-FI" altLang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:buClrTx/>
                 <a:buFontTx/>
                 <a:buNone/>
               </a:pPr>
-              <a:t>9.12.2025</a:t>
+              <a:t>23.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" altLang="fi-FI">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{997649C4-8EB2-4C06-9D5A-E12A1B6B1539}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -17689,95 +18160,95 @@
             <a:r>
               <a:rPr lang="fi-FI" sz="2800" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="8F993E"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>■</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="253746"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Liukuva vuosisumma (09.12.2024)</a:t>
+              <a:t>Liukuva vuosisumma (23.01.2025)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="199BE6"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fi-FI" sz="2800" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="2C5234"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>■</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="199BE6"/>
                 </a:solidFill>
                 <a:latin typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fi-FI">
                 <a:solidFill>
                   <a:srgbClr val="253746"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Liukuva vuosisumma (09.12.2025)</a:t>
+              <a:t>Liukuva vuosisumma (23.01.2026)</a:t>
             </a:r>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="253746"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3720321842"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sld>
 </file>
@@ -17798,645 +18269,895 @@
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{2D1A6D07-1BBA-498B-B1BA-E05C573A5E63}" type="datetime1">
               <a:rPr lang="fi-FI" smtClean="0"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>9.12.2025</a:t>
+              <a:t>23.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:graphicFrame>
-[...474 lines deleted...]
-      </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="637345" y="646072"/>
             <a:ext cx="7869310" cy="342900"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="fi-FI" sz="2000" smtClean="0">
                 <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Alkavat valtion tukemat asunnot hankemuodottain</a:t>
             </a:r>
             <a:endParaRPr lang="fi-FI" sz="2000"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...2 lines deleted...]
-          <p:cNvPicPr/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7"/>
+          <p:cNvSpPr/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...12 lines deleted...]
-        <p:spPr bwMode="auto">
+        </p:nvSpPr>
+        <p:spPr>
           <a:xfrm>
-            <a:off x="1187624" y="1159531"/>
-            <a:ext cx="3419475" cy="940594"/>
+            <a:off x="804" y="1578708"/>
+            <a:ext cx="2016224" cy="518160"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="2800">
+                <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>7 868</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1829727" y="1573360"/>
+            <a:ext cx="1489341" cy="304800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>-8%</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3707903" y="1620072"/>
+            <a:ext cx="1872208" cy="518160"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="2800">
+                <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>85</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5421957" y="1577749"/>
+            <a:ext cx="1347671" cy="304800"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="1400">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>-46%</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1054265" y="1290219"/>
+            <a:ext cx="2941671" cy="304800"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
-[...20 lines deleted...]
-          </a:extLst>
         </p:spPr>
-      </p:pic>
-[...3 lines deleted...]
-          <p:cNvPicPr/>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="1400" smtClean="0">
+                <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Liukuva vuosisumma (23.01.2026)</a:t>
+            </a:r>
+            <a:endParaRPr lang="fi-FI" sz="1400">
+              <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...11 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4642928" y="1171316"/>
-            <a:ext cx="3255169" cy="895350"/>
+            <a:off x="4663801" y="1327869"/>
+            <a:ext cx="2304256" cy="307777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="1400" smtClean="0">
+                <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Asuntojen lkm vuoden alusta</a:t>
+            </a:r>
+            <a:endParaRPr lang="fi-FI" sz="1400">
+              <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1848682" y="1789997"/>
+            <a:ext cx="1152128" cy="215444"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="800" smtClean="0">
+                <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Vuosimuutos</a:t>
+            </a:r>
+            <a:endParaRPr lang="fi-FI" sz="800">
+              <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5508104" y="1785395"/>
+            <a:ext cx="2355783" cy="215444"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="fi-FI" sz="800" smtClean="0">
+                <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Muutos ed. vuoden alkuun</a:t>
+            </a:r>
+            <a:endParaRPr lang="fi-FI" sz="800">
+              <a:latin typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020f0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="18" name="Table 17"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="880229972"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="827584" y="2280852"/>
+          <a:ext cx="7262151" cy="2667162"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2420717">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="724932861"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2420717">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="699024010"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="2420717">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1199958179"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="453952">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Hankemuoto</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="fi-FI" sz="1100">
+                        <a:solidFill>
+                          <a:schemeClr val="bg1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:solidFill>
+                      <a:srgbClr val="2C5234"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> Liukuva vuosisumma (23.01.2025)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:solidFill>
+                      <a:srgbClr val="2C5234"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> Liukuva vuosisumma (23.01.2026)</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:solidFill>
+                      <a:srgbClr val="2C5234"/>
+                    </a:solidFill>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4290100153"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="468337">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Vuokra-asunnot, pitkä korkotuki</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="fi-FI" sz="1100">
+                        <a:solidFill>
+                          <a:srgbClr val="253746"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 2 568 </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 2 563</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1862582263"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="383017">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Asumisoikeusasunnot</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="fi-FI" sz="1100">
+                        <a:solidFill>
+                          <a:srgbClr val="253746"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 2 609</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 2 333</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="744017951"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="453952">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Erityisryhmien vuokra-asunnot</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="fi-FI" sz="1100">
+                        <a:solidFill>
+                          <a:srgbClr val="253746"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 2 089</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 1 772</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2780978632"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="453952">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Vuokra-asunnot, lyhyt korkotuki</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="fi-FI" sz="1100">
+                        <a:solidFill>
+                          <a:srgbClr val="253746"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 1 144</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>1 051 </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2332233245"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="453952">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t>Takauslainoitetut vuokra-asunnot</a:t>
+                      </a:r>
+                      <a:endParaRPr lang="fi-FI" sz="1100">
+                        <a:solidFill>
+                          <a:srgbClr val="253746"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 110</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="fi-FI" sz="1100" smtClean="0">
+                          <a:solidFill>
+                            <a:srgbClr val="253746"/>
+                          </a:solidFill>
+                          <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                          <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                          <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        </a:rPr>
+                        <a:t> 149</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="670112532"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2479163337"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="641975057"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:xml="http://www.w3.org/XML/1998/namespace" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:p159="http://schemas.microsoft.com/office/powerpoint/2015/09/main" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
@@ -18640,51 +19361,51 @@
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buClrTx/>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{BBEC1CD8-6C61-4A6C-883E-ED73D37B3667}" type="datetime1">
               <a:rPr lang="fi-FI" altLang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:buClrTx/>
                 <a:buFontTx/>
                 <a:buNone/>
               </a:pPr>
-              <a:t>9.12.2025</a:t>
+              <a:t>23.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" altLang="fi-FI">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Chart 4"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1105097529"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="107504" y="1275606"/>
           <a:ext cx="8712968" cy="3168352"/>
         </p:xfrm>
@@ -18953,51 +19674,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fi-FI" sz="2800" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="8F993E"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>■</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="253746"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Liukuva vuosisumma (09.12.2024)</a:t>
+              <a:t>Liukuva vuosisumma (23.01.2025)</a:t>
             </a:r>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="253746"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="TextBox 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4788024" y="4461098"/>
             <a:ext cx="2736304" cy="432048"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
@@ -19208,51 +19929,51 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="fi-FI" sz="2800" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="2C5234"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>■</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:srgbClr val="253746"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Liukuva vuosisumma (09.12.2025)</a:t>
+              <a:t>Liukuva vuosisumma (23.01.2026)</a:t>
             </a:r>
             <a:endParaRPr lang="fi-FI">
               <a:solidFill>
                 <a:srgbClr val="253746"/>
               </a:solidFill>
               <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2879629656"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:transition/>
   <p:timing/>
 </p:sld>
 </file>
@@ -19478,51 +20199,51 @@
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{F0014CB2-086A-47B3-95AD-49C0CE7E4495}" type="datetime1">
               <a:rPr lang="fi-FI" altLang="fi-FI" smtClean="0"/>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buFontTx/>
                 <a:buNone/>
               </a:pPr>
-              <a:t>9.12.2025</a:t>
+              <a:t>23.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" altLang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3275856" y="1563638"/>
             <a:ext cx="1152128" cy="605681"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
@@ -19597,629 +20318,629 @@
                         <a:t>Alue</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Liukuva vuosisumma (09.12.2024)</a:t>
+                        <a:t>Liukuva vuosisumma (23.01.2025)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="bg1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>Liukuva vuosisumma (09.12.2025)</a:t>
+                        <a:t>Liukuva vuosisumma (23.01.2026)</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr">
                     <a:solidFill>
                       <a:srgbClr val="2C5234"/>
                     </a:solidFill>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3361084157"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>PKS</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>4 152</a:t>
+                        <a:t>3 583</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>2 957</a:t>
+                        <a:t>3 119</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3074771819"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Helsingin muut MAL-kunnat</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>410</a:t>
+                        <a:t>430</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>636</a:t>
+                        <a:t>555</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3282695673"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Tampereen MAL-kunnat</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1 141</a:t>
+                        <a:t>1 328</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1 469</a:t>
+                        <a:t>1 334</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3723870932"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Turun MAL-kunnat</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>857</a:t>
+                        <a:t>659</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1 404</a:t>
+                        <a:t>1 389</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3513596304"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Oulun MAL-kunnat</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>290</a:t>
+                        <a:t>312</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>245</a:t>
+                        <a:t>264</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2646709794"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Jyväskylän MAL-kunnat</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>376</a:t>
+                        <a:t>470</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>340</a:t>
+                        <a:t>200</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3518304856"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Kuopion MAL-kunnat</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>119</a:t>
+                        <a:t>198</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>239</a:t>
+                        <a:t>160</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4290662234"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Lahden MAL-kunnat</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>191</a:t>
+                        <a:t>226</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>176</a:t>
+                        <a:t>77</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1387900908"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="288032">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Muut kuin MAL-kunnat</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>1 380</a:t>
+                        <a:t>1 314</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:latin typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>743</a:t>
+                        <a:t>770</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3619598524"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{997649C4-8EB2-4C06-9D5A-E12A1B6B1539}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
@@ -20480,51 +21201,51 @@
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buClrTx/>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{BBEC1CD8-6C61-4A6C-883E-ED73D37B3667}" type="datetime1">
               <a:rPr lang="fi-FI" altLang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:buClrTx/>
                 <a:buFontTx/>
                 <a:buNone/>
               </a:pPr>
-              <a:t>9.12.2025</a:t>
+              <a:t>23.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" altLang="fi-FI">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="5" name="Chart 4"/>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2818499071"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="683568" y="1131590"/>
           <a:ext cx="6336704" cy="3669010"/>
         </p:xfrm>
@@ -20911,51 +21632,51 @@
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{F0014CB2-086A-47B3-95AD-49C0CE7E4495}" type="datetime1">
               <a:rPr lang="fi-FI" altLang="fi-FI" smtClean="0"/>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="600"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buFontTx/>
                 <a:buNone/>
               </a:pPr>
-              <a:t>9.12.2025</a:t>
+              <a:t>23.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" altLang="fi-FI"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3275856" y="1563638"/>
             <a:ext cx="1152128" cy="605681"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
@@ -21105,283 +21826,274 @@
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Vuokra-asunnot, pitkä korkotuki</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>2 133</a:t>
+                        <a:t>2 335</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>2 588</a:t>
+                        <a:t>2 060</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="899016556"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="466487">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Erityisryhmien vuokra-asunnot</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>952</a:t>
+                        <a:t>728</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>628</a:t>
+                        <a:t>727</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3941356482"/>
-                  </a:ext>
-[...68 lines deleted...]
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2035104285"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="466487">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>Vuokra-asunnot, lyhyt korkotuki</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>429</a:t>
+                        <a:t>323</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100">
                           <a:solidFill>
                             <a:schemeClr val="tx1"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>518</a:t>
                       </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2035104285"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="466487">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="fi-FI" sz="1100">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="fi-FI" sz="1100">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr"/>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr vert="horz" wrap="square"/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:endParaRPr lang="fi-FI" sz="1100">
+                        <a:solidFill>
+                          <a:schemeClr val="tx1"/>
+                        </a:solidFill>
+                        <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                        <a:ea typeface="Verdana" panose="020b0604030504040204" pitchFamily="34" charset="0"/>
+                        <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
+                      </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="796485484"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5" descr="&lt;ENNhjR&gt;"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -21966,211 +22678,211 @@
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
                         <a:t>PKS</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 565</a:t>
+                        <a:t>3 525</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-3,3%</a:t>
+                        <a:t>-3,5%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>4 581</a:t>
+                        <a:t>4 512</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-3,4%</a:t>
+                        <a:t>-5,4%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>4 367</a:t>
+                        <a:t>4 276</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>6,4%</a:t>
+                        <a:t>4,9%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2327551800"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="640638">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
@@ -22203,211 +22915,211 @@
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 268</a:t>
+                        <a:t>3 289</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-1,4%</a:t>
+                        <a:t>-0,7%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 728</a:t>
+                        <a:t>3 742</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-2,5%</a:t>
+                        <a:t>-2,2%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 457</a:t>
+                        <a:t>3 466</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>0,1%</a:t>
+                        <a:t>0,6%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3629590354"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="640638">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
@@ -22440,196 +23152,196 @@
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>3 415</a:t>
+                        <a:t>3 410</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-1,9%</a:t>
+                        <a:t>-1,5%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> 4 047</a:t>
+                        <a:t> 4 005</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                         <a:lnSpc>
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPct val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPct val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>-1,8%</a:t>
+                        <a:t>-2,2%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t> 3 850</a:t>
+                        <a:t> 3 822</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr vert="horz" wrap="square"/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="fi-FI" sz="1100" smtClean="0">
                           <a:solidFill>
                             <a:srgbClr val="253746"/>
                           </a:solidFill>
                           <a:latin typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                           <a:cs typeface="Arial" panose="020b0604020202020204" pitchFamily="34" charset="0"/>
                         </a:rPr>
-                        <a:t>0,4%</a:t>
+                        <a:t>0,6%</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="960689263"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Content Placeholder 5" descr="&lt;PgzH&gt;"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="4294967295"/>
           </p:nvPr>
         </p:nvPicPr>
@@ -22854,51 +23566,51 @@
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buClrTx/>
               <a:buFontTx/>
               <a:buNone/>
             </a:pPr>
             <a:fld id="{F0014CB2-086A-47B3-95AD-49C0CE7E4495}" type="datetime1">
               <a:rPr lang="fi-FI" altLang="fi-FI" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:buClrTx/>
                 <a:buFontTx/>
                 <a:buNone/>
               </a:pPr>
-              <a:t>9.12.2025</a:t>
+              <a:t>23.1.2026</a:t>
             </a:fld>
             <a:endParaRPr lang="fi-FI" altLang="fi-FI">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6759D2C3-06AC-4B87-86CA-5E6ED010EB89}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -24999,50 +25711,59 @@
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Asiakirja" ma:contentTypeID="0x010100FE89FF08C6FE534D8CA0B45BA5231B4B" ma:contentTypeVersion="4" ma:contentTypeDescription="Luo uusi asiakirja." ma:contentTypeScope="" ma:versionID="8a76f953ac2225652ba380102b9fcd12">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="84832a1d-ccbd-497d-a6bb-cbb248bc4350" xmlns:ns3="c42a97b5-f3b5-458c-a2fc-dc867765c088" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="77266d5722488604bbdbb3cad2b50371" ns2:_="" ns3:_="">
     <xsd:import namespace="84832a1d-ccbd-497d-a6bb-cbb248bc4350"/>
     <xsd:import namespace="c42a97b5-f3b5-458c-a2fc-dc867765c088"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="84832a1d-ccbd-497d-a6bb-cbb248bc4350" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
@@ -25163,137 +25884,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{00C867B8-4B4C-4341-8850-ADBF5D4A9100}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A8DE8D2-05F6-4240-98C2-771AE7F76447}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{29AF9A58-B36B-4B51-9116-4B46BDA4B1A0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="84832a1d-ccbd-497d-a6bb-cbb248bc4350"/>
     <ds:schemaRef ds:uri="c42a97b5-f3b5-458c-a2fc-dc867765c088"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Template>ARA-tilastot-esityspohja_2020S</Template>
   <Company/>
   <PresentationFormat>On-screen Show (16:9)</PresentationFormat>
-  <Paragraphs>27</Paragraphs>
+  <Paragraphs>39</Paragraphs>
   <Slides>11</Slides>
   <Notes>8</Notes>
   <TotalTime></TotalTime>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector baseType="variant" size="6">
       <vt:variant>
         <vt:lpstr>Fonts used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>11</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector baseType="lpstr" size="18">
+    <vt:vector baseType="lpstr" size="19">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Verdana Pro</vt:lpstr>
       <vt:lpstr>ヒラギノ角ゴ Pro W3</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Verdana</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
+      <vt:lpstr>Segoe UI</vt:lpstr>
       <vt:lpstr>1_ARApp-esitysmalli</vt:lpstr>
       <vt:lpstr>Valtion tukema uudisasuntotuotanto</vt:lpstr>
       <vt:lpstr>Alkavat valtion tukemat asunnot</vt:lpstr>
       <vt:lpstr>Alkavat valtion tukemat asunnot hankemuodottain</vt:lpstr>
       <vt:lpstr>Alkavat valtion tukemat asunnot hankemuodottain</vt:lpstr>
       <vt:lpstr>Alkavat valtion tukemat asunnot alueittain</vt:lpstr>
       <vt:lpstr>Alkavat valtion tukemat asunnot alueittain</vt:lpstr>
       <vt:lpstr>Vireillä olevat valtion tukemat asunnot hankemuodoittain</vt:lpstr>
       <vt:lpstr>Vireillä olevat valtion tukemat asunnot hankemuodoittain</vt:lpstr>
       <vt:lpstr>Valtion tukeman asuntotuotannon rakentamisen hinta 12 kk (€/asm2)</vt:lpstr>
       <vt:lpstr>Valtion tukeman asuntotuotannon rakennuskustannus (€/as.m2)</vt:lpstr>
       <vt:lpstr>Lisätietoa:tietopalvelu.varke@gov.fi</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>0</LinksUpToDate>
   <SharedDoc>0</SharedDoc>
   <HyperlinksChanged>0</HyperlinksChanged>
   <Application>Aspose.Slides for .NET</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>PowerPoint Presentation</dc:title>