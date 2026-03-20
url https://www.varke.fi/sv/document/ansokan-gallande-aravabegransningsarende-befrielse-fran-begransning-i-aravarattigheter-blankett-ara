--- v0 (2025-12-21)
+++ v1 (2026-03-20)
@@ -4,51 +4,51 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10653" w:type="dxa"/>
         <w:tblInd w:w="70" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6"/>
         <w:gridCol w:w="51"/>
         <w:gridCol w:w="246"/>
         <w:gridCol w:w="44"/>
         <w:gridCol w:w="39"/>
@@ -185,77 +185,116 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Befrielse från arava-begränsningar, </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71C949FE" w14:textId="3CCC0B29" w:rsidR="00E67CB2" w:rsidRPr="008B5813" w:rsidRDefault="00347846" w:rsidP="00B94841">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>arava-lagen, lagen om bostadsproduktion</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="00909925" w14:textId="798ADDDE" w:rsidR="002936A5" w:rsidRPr="008B5813" w:rsidRDefault="002936A5" w:rsidP="00BD38D0">
+          <w:p w14:paraId="00909925" w14:textId="4D5C0E56" w:rsidR="002936A5" w:rsidRPr="00E96631" w:rsidRDefault="002936A5" w:rsidP="00BD38D0">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
-                <w:szCs w:val="22"/>
-[...7 lines deleted...]
-                <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Befrielse från användnings- och överlåtelsebegränsningar,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> räntestödslagen (604/2001)</w:t>
+              <w:t xml:space="preserve"> räntestödslagen (604/2001</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E96631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96631" w:rsidRPr="00E96631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="00E96631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96631" w:rsidRPr="00E96631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>ag om bostadsrättsbostäder</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96631" w:rsidRPr="00E96631">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (393/2021)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42B7C2BD" w14:textId="1A4808D5" w:rsidR="002936A5" w:rsidRPr="00C238FB" w:rsidRDefault="0073746F" w:rsidP="00C238FB">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>Befrielse från användningsbegränsningar,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -316,58 +355,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A603E20" w14:textId="77777777" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -376,58 +415,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61F5B8F6" w14:textId="34B7F471" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
@@ -444,58 +483,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4851" w:type="dxa"/>
             <w:gridSpan w:val="24"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="nil"/>
@@ -586,58 +625,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AC59D72" w14:textId="5C360E43" w:rsidR="00185773" w:rsidRPr="008B5813" w:rsidRDefault="00185773" w:rsidP="00185773">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -646,58 +685,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:gridSpan w:val="22"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
@@ -776,58 +815,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10238" w:type="dxa"/>
             <w:gridSpan w:val="51"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="nil"/>
@@ -2136,58 +2175,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -3221,174 +3260,174 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Arrendetomt         </w:t>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Egen tomt         </w:t>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta6"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  Planändring under behandling</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -4634,58 +4673,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4737,58 +4776,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1762" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4840,58 +4879,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2282" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4944,58 +4983,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3346" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5760,58 +5799,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1854" w:type="dxa"/>
             <w:gridSpan w:val="9"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5863,58 +5902,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2125" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -5968,58 +6007,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2701" w:type="dxa"/>
             <w:gridSpan w:val="21"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6071,58 +6110,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2225" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6194,58 +6233,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1142" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6297,58 +6336,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1932" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6400,58 +6439,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6503,58 +6542,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3535" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6798,58 +6837,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2351" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -6900,58 +6939,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7003,58 +7042,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7106,58 +7145,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2793" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7282,58 +7321,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2352" w:type="dxa"/>
             <w:gridSpan w:val="13"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7385,58 +7424,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:gridSpan w:val="12"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7488,58 +7527,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1721" w:type="dxa"/>
             <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7591,58 +7630,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2793" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7767,58 +7806,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2825" w:type="dxa"/>
             <w:gridSpan w:val="16"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7870,58 +7909,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2979" w:type="dxa"/>
             <w:gridSpan w:val="17"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7973,58 +8012,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3649" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -8801,58 +8840,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="09F3B524" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -8861,58 +8900,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6578EC49" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -8921,58 +8960,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta5"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B0D8DED" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -8982,58 +9021,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Valinta7"/>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
           </w:p>
           <w:p w14:paraId="04E211EA" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -9043,58 +9082,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta7"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="595B3FC0" w14:textId="3B714EA0" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9104,58 +9143,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta8"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Valinta8"/>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
           </w:p>
           <w:p w14:paraId="1CA97D0C" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -9165,58 +9204,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="12933421" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="360" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9225,58 +9264,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="311D2D9D" w14:textId="19122621" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9286,58 +9325,58 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Valinta9"/>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
           </w:p>
           <w:p w14:paraId="0E0D030E" w14:textId="77777777" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -9347,58 +9386,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A4705CC" w14:textId="243AE6A3" w:rsidR="00F8585C" w:rsidRPr="008B5813" w:rsidRDefault="00F8585C" w:rsidP="008B5813">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9407,58 +9446,58 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Valinta9"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00CF6725">
-[...6 lines deleted...]
-            <w:r w:rsidR="00CF6725">
+            <w:r w:rsidRPr="008B5813">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B5813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9934" w:type="dxa"/>
             <w:gridSpan w:val="49"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
@@ -10390,70 +10429,70 @@
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D62F96" w:rsidRPr="008B5813" w:rsidSect="00207C3E">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:footerReference w:type="first" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="1134" w:bottom="568" w:left="851" w:header="0" w:footer="411" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="63453D2F" w14:textId="77777777" w:rsidR="00BF724B" w:rsidRDefault="00BF724B" w:rsidP="005A4EEA">
+    <w:p w14:paraId="23B0EA44" w14:textId="77777777" w:rsidR="00452133" w:rsidRDefault="00452133" w:rsidP="005A4EEA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="787C521B" w14:textId="77777777" w:rsidR="00BF724B" w:rsidRDefault="00BF724B" w:rsidP="005A4EEA">
+    <w:p w14:paraId="11B25B34" w14:textId="77777777" w:rsidR="00452133" w:rsidRDefault="00452133" w:rsidP="005A4EEA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -10470,51 +10509,51 @@
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="273FD027" w14:textId="0699F87C" w:rsidR="005A4EEA" w:rsidRPr="00207C3E" w:rsidRDefault="00207C3E">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Blankett</w:t>
     </w:r>
     <w:r w:rsidR="005A4EEA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> ARA 5        Si</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -10559,51 +10598,51 @@
     </w:r>
     <w:r w:rsidR="005A4EEA" w:rsidRPr="009B1F3D">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="005A4EEA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>/3</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="3B313ED0" w14:textId="77777777" w:rsidR="005A4EEA" w:rsidRDefault="005A4EEA">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FB2E910" w14:textId="31B2D9A9" w:rsidR="00FB64D5" w:rsidRDefault="00FB64D5">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>Lomake</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> ARA 5        </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
@@ -10643,70 +10682,70 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="005D670F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>/3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6842F461" w14:textId="77777777" w:rsidR="00BF724B" w:rsidRDefault="00BF724B" w:rsidP="005A4EEA">
+    <w:p w14:paraId="5523FF28" w14:textId="77777777" w:rsidR="00452133" w:rsidRDefault="00452133" w:rsidP="005A4EEA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5EDFB41B" w14:textId="77777777" w:rsidR="00BF724B" w:rsidRDefault="00BF724B" w:rsidP="005A4EEA">
+    <w:p w14:paraId="6C304A2C" w14:textId="77777777" w:rsidR="00452133" w:rsidRDefault="00452133" w:rsidP="005A4EEA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="506BE277" w14:textId="21B5C760" w:rsidR="00FB64D5" w:rsidRDefault="007B0D2E">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="55AE6FA9" wp14:editId="549EE1EB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-288290</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>180340</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1904400" cy="874800"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="1519244439" name="Kuva 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -10740,51 +10779,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C123B05"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="040B0011"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="186921D5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="040B000F"/>
     <w:lvl w:ilvl="0">
@@ -11462,57 +11501,57 @@
   <w:num w:numId="5" w16cid:durableId="1441025067">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1467238747">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1853716715">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="561185341">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="484007294">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1127554360">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1649506875">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="MINB+MbYgXolgNkL19934sCHlyXXO0z5JoDZqOG1pOlPktpf6OIJE4q1LEshyJ8sfsHau2D7keXyngT9nvl8Kg==" w:salt="4uNswn1ysw9VlUptsDS28Q=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="EBAKQpSSi9j5me6K1nvn4zHd05baPpEEptxuzBUmrxScsW+nGX88+Kx2orwe38DqQpKqeE/p/dAog1V1lshZCA==" w:salt="h475WO02p99k6u0xMhj4NQ=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -11537,50 +11576,51 @@
     <w:rsid w:val="00091486"/>
     <w:rsid w:val="000948C2"/>
     <w:rsid w:val="00097EF9"/>
     <w:rsid w:val="000A1C43"/>
     <w:rsid w:val="000A5E9A"/>
     <w:rsid w:val="000B07F1"/>
     <w:rsid w:val="000B09DD"/>
     <w:rsid w:val="000D1BBE"/>
     <w:rsid w:val="000E1EFA"/>
     <w:rsid w:val="000E5A75"/>
     <w:rsid w:val="000F432E"/>
     <w:rsid w:val="000F51F1"/>
     <w:rsid w:val="000F54E5"/>
     <w:rsid w:val="001220F5"/>
     <w:rsid w:val="00130F84"/>
     <w:rsid w:val="001351D0"/>
     <w:rsid w:val="00136815"/>
     <w:rsid w:val="00136DAF"/>
     <w:rsid w:val="00137DB0"/>
     <w:rsid w:val="00141C34"/>
     <w:rsid w:val="00141EAE"/>
     <w:rsid w:val="00143A0B"/>
     <w:rsid w:val="00144674"/>
     <w:rsid w:val="00145CEF"/>
     <w:rsid w:val="001508B7"/>
+    <w:rsid w:val="00156BD6"/>
     <w:rsid w:val="001574E4"/>
     <w:rsid w:val="00180897"/>
     <w:rsid w:val="00181E23"/>
     <w:rsid w:val="001820F2"/>
     <w:rsid w:val="00183209"/>
     <w:rsid w:val="00185773"/>
     <w:rsid w:val="0018784E"/>
     <w:rsid w:val="001B0012"/>
     <w:rsid w:val="001B77DB"/>
     <w:rsid w:val="001C235D"/>
     <w:rsid w:val="001E4D0E"/>
     <w:rsid w:val="00205027"/>
     <w:rsid w:val="00207C3E"/>
     <w:rsid w:val="0021690A"/>
     <w:rsid w:val="00226986"/>
     <w:rsid w:val="00231C60"/>
     <w:rsid w:val="00232D0A"/>
     <w:rsid w:val="002357EE"/>
     <w:rsid w:val="002363E8"/>
     <w:rsid w:val="002415E3"/>
     <w:rsid w:val="002514EA"/>
     <w:rsid w:val="00254AE7"/>
     <w:rsid w:val="00260761"/>
     <w:rsid w:val="00277889"/>
     <w:rsid w:val="00282D61"/>
@@ -11593,50 +11633,51 @@
     <w:rsid w:val="002E24B9"/>
     <w:rsid w:val="00315866"/>
     <w:rsid w:val="00324F77"/>
     <w:rsid w:val="00326235"/>
     <w:rsid w:val="00327969"/>
     <w:rsid w:val="00342D40"/>
     <w:rsid w:val="0034450A"/>
     <w:rsid w:val="00347846"/>
     <w:rsid w:val="00354053"/>
     <w:rsid w:val="0035491C"/>
     <w:rsid w:val="00357CBB"/>
     <w:rsid w:val="00391354"/>
     <w:rsid w:val="003A2A3D"/>
     <w:rsid w:val="003B4193"/>
     <w:rsid w:val="003C3817"/>
     <w:rsid w:val="003C626F"/>
     <w:rsid w:val="003D6B80"/>
     <w:rsid w:val="003E1088"/>
     <w:rsid w:val="003E3896"/>
     <w:rsid w:val="003F466A"/>
     <w:rsid w:val="00400F3D"/>
     <w:rsid w:val="0041793F"/>
     <w:rsid w:val="00422611"/>
     <w:rsid w:val="00443CD5"/>
     <w:rsid w:val="00447481"/>
+    <w:rsid w:val="00452133"/>
     <w:rsid w:val="00453C32"/>
     <w:rsid w:val="00454864"/>
     <w:rsid w:val="00460754"/>
     <w:rsid w:val="00461194"/>
     <w:rsid w:val="004637ED"/>
     <w:rsid w:val="00463BEA"/>
     <w:rsid w:val="00463BF6"/>
     <w:rsid w:val="004652E6"/>
     <w:rsid w:val="004709A2"/>
     <w:rsid w:val="0047460B"/>
     <w:rsid w:val="00483B0A"/>
     <w:rsid w:val="00487633"/>
     <w:rsid w:val="00493A72"/>
     <w:rsid w:val="00495D4B"/>
     <w:rsid w:val="004B7B76"/>
     <w:rsid w:val="004D0FCA"/>
     <w:rsid w:val="004D30B2"/>
     <w:rsid w:val="004D560E"/>
     <w:rsid w:val="005039E0"/>
     <w:rsid w:val="005059D3"/>
     <w:rsid w:val="0051050E"/>
     <w:rsid w:val="00514491"/>
     <w:rsid w:val="00520606"/>
     <w:rsid w:val="00521F64"/>
     <w:rsid w:val="005249E3"/>
@@ -11762,91 +11803,93 @@
     <w:rsid w:val="00A77F1D"/>
     <w:rsid w:val="00A940A4"/>
     <w:rsid w:val="00A97401"/>
     <w:rsid w:val="00AB78AD"/>
     <w:rsid w:val="00AE7D23"/>
     <w:rsid w:val="00B003AC"/>
     <w:rsid w:val="00B02163"/>
     <w:rsid w:val="00B07913"/>
     <w:rsid w:val="00B10A02"/>
     <w:rsid w:val="00B1112D"/>
     <w:rsid w:val="00B221B6"/>
     <w:rsid w:val="00B22C80"/>
     <w:rsid w:val="00B41572"/>
     <w:rsid w:val="00B56516"/>
     <w:rsid w:val="00B57523"/>
     <w:rsid w:val="00B629EC"/>
     <w:rsid w:val="00B73DAD"/>
     <w:rsid w:val="00B76F99"/>
     <w:rsid w:val="00B94837"/>
     <w:rsid w:val="00B94841"/>
     <w:rsid w:val="00BC26E2"/>
     <w:rsid w:val="00BD2ABB"/>
     <w:rsid w:val="00BD38D0"/>
     <w:rsid w:val="00BD5C6C"/>
     <w:rsid w:val="00BE7337"/>
+    <w:rsid w:val="00BF2B1C"/>
     <w:rsid w:val="00BF724B"/>
     <w:rsid w:val="00C01107"/>
     <w:rsid w:val="00C01E5C"/>
+    <w:rsid w:val="00C20573"/>
     <w:rsid w:val="00C238FB"/>
     <w:rsid w:val="00C32E06"/>
     <w:rsid w:val="00C334E9"/>
     <w:rsid w:val="00C45484"/>
     <w:rsid w:val="00C505FD"/>
     <w:rsid w:val="00C659F5"/>
     <w:rsid w:val="00C73F1C"/>
     <w:rsid w:val="00C83865"/>
     <w:rsid w:val="00C938CD"/>
     <w:rsid w:val="00CC0B1C"/>
     <w:rsid w:val="00CF1129"/>
-    <w:rsid w:val="00CF6725"/>
     <w:rsid w:val="00D00ED2"/>
     <w:rsid w:val="00D039E8"/>
     <w:rsid w:val="00D101C5"/>
     <w:rsid w:val="00D42319"/>
     <w:rsid w:val="00D50A94"/>
     <w:rsid w:val="00D5278C"/>
     <w:rsid w:val="00D539DB"/>
     <w:rsid w:val="00D57A97"/>
     <w:rsid w:val="00D62F96"/>
     <w:rsid w:val="00D700BA"/>
     <w:rsid w:val="00D72365"/>
     <w:rsid w:val="00D92136"/>
     <w:rsid w:val="00DA713F"/>
     <w:rsid w:val="00DF4252"/>
     <w:rsid w:val="00E24761"/>
     <w:rsid w:val="00E2491A"/>
     <w:rsid w:val="00E25862"/>
     <w:rsid w:val="00E30D27"/>
     <w:rsid w:val="00E421F8"/>
     <w:rsid w:val="00E43592"/>
     <w:rsid w:val="00E67CB2"/>
     <w:rsid w:val="00E80551"/>
     <w:rsid w:val="00E836A5"/>
     <w:rsid w:val="00E91771"/>
     <w:rsid w:val="00E91F3A"/>
     <w:rsid w:val="00E9556C"/>
+    <w:rsid w:val="00E96631"/>
     <w:rsid w:val="00EC35CF"/>
     <w:rsid w:val="00ED04F9"/>
     <w:rsid w:val="00ED5FA1"/>
     <w:rsid w:val="00ED7B36"/>
     <w:rsid w:val="00EF43BE"/>
     <w:rsid w:val="00F05748"/>
     <w:rsid w:val="00F07D2E"/>
     <w:rsid w:val="00F13C7E"/>
     <w:rsid w:val="00F43317"/>
     <w:rsid w:val="00F44FA7"/>
     <w:rsid w:val="00F51D4A"/>
     <w:rsid w:val="00F664C6"/>
     <w:rsid w:val="00F771B1"/>
     <w:rsid w:val="00F8585C"/>
     <w:rsid w:val="00F91BFF"/>
     <w:rsid w:val="00F969A0"/>
     <w:rsid w:val="00F96C63"/>
     <w:rsid w:val="00FA0B98"/>
     <w:rsid w:val="00FA30F5"/>
     <w:rsid w:val="00FB5853"/>
     <w:rsid w:val="00FB64D5"/>
     <w:rsid w:val="00FB74A0"/>
     <w:rsid w:val="00FB7E50"/>
     <w:rsid w:val="00FC4AE2"/>
     <w:rsid w:val="00FE36BB"/>
@@ -11862,51 +11905,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="58E259F8"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{23C9AE55-7B37-48E8-91F0-75B2A7DD7E6C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-SE" w:eastAsia="fi-FI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -12209,50 +12252,51 @@
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Otsikko5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normaali"/>
     <w:next w:val="Normaali"/>
     <w:qFormat/>
     <w:rsid w:val="009060D2"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Kappaleenoletusfontti">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normaalitaulukko">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Eiluetteloa">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Seliteteksti">
     <w:name w:val="Balloon Text"/>
@@ -12382,51 +12426,51 @@
   <w:style w:type="paragraph" w:styleId="Kommentinotsikko">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Kommentinteksti"/>
     <w:next w:val="Kommentinteksti"/>
     <w:link w:val="KommentinotsikkoChar"/>
     <w:rsid w:val="00460754"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="KommentinotsikkoChar">
     <w:name w:val="Kommentin otsikko Char"/>
     <w:basedOn w:val="KommentintekstiChar"/>
     <w:link w:val="Kommentinotsikko"/>
     <w:rsid w:val="00460754"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="472868947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1490172621">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -12742,75 +12786,75 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Ara511.dot</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>813</Words>
-  <Characters>6592</Characters>
+  <Words>818</Words>
+  <Characters>6627</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>54</Lines>
+  <Lines>55</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Otsikko</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hakemus aravarajoitusasiassa</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ara</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7391</CharactersWithSpaces>
+  <CharactersWithSpaces>7431</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>6160417</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:kirjaamo.ara@ara.fi</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>