--- v0 (2025-11-19)
+++ v1 (2026-03-19)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5174"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="3761"/>
       </w:tblGrid>
       <w:tr w:rsidR="00191827" w:rsidRPr="007B13D0" w14:paraId="7D5F315A" w14:textId="77777777" w:rsidTr="006F2B3F">
         <w:trPr>
@@ -202,100 +202,93 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F176DE" w:rsidRPr="007B13D0" w14:paraId="334CA886" w14:textId="77777777" w:rsidTr="002D4258">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10211" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3043048E" w14:textId="0F0947C3" w:rsidR="00F176DE" w:rsidRPr="007B13D0" w:rsidRDefault="00F176DE" w:rsidP="00CC44DD">
+          <w:p w14:paraId="3043048E" w14:textId="361B737A" w:rsidR="00F176DE" w:rsidRPr="007B13D0" w:rsidRDefault="00F176DE" w:rsidP="00CC44DD">
             <w:pPr>
               <w:spacing w:before="40"/>
               <w:rPr>
                 <w:rStyle w:val="Hyperlinkki"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B13D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Blanketten med bilagor skickas till </w:t>
             </w:r>
             <w:r w:rsidR="007B13D0" w:rsidRPr="007B13D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Centralen för statligt stött bostadsbyggande</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Centralen för statligt stött bostadsbyggande </w:t>
             </w:r>
             <w:r w:rsidRPr="007B13D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">per e-post: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:tgtFrame="_blank" w:tooltip="mailto:asumisneuvonta.varke@gov.fi" w:history="1">
-              <w:r w:rsidR="007B13D0" w:rsidRPr="009B1460">
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r w:rsidR="00704BB2" w:rsidRPr="004856B6">
                 <w:rPr>
+                  <w:rStyle w:val="Hyperlinkki"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
-                <w:t>asumisneuvonta.varke@gov.fi</w:t>
+                <w:t>varke.ym@gov.fi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TaulukkoRuudukko"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3467"/>
               <w:gridCol w:w="1701"/>
             </w:tblGrid>
             <w:tr w:rsidR="00AA7938" w:rsidRPr="007B13D0" w14:paraId="25B3363D" w14:textId="77777777" w:rsidTr="00AA7938">
               <w:tc>
                 <w:tcPr>
@@ -3428,70 +3421,70 @@
     <w:p w14:paraId="711AAD8D" w14:textId="77777777" w:rsidR="00DC59D2" w:rsidRPr="007B13D0" w:rsidRDefault="00DC59D2" w:rsidP="002F01E2">
       <w:pPr>
         <w:ind w:right="-170"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DC59D2" w:rsidRPr="007B13D0" w:rsidSect="007B13D0">
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="first" r:id="rId10"/>
       <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11907" w:h="16840"/>
       <w:pgMar w:top="567" w:right="397" w:bottom="284" w:left="1134" w:header="0" w:footer="590" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45EFA252" w14:textId="77777777" w:rsidR="006F6FE2" w:rsidRDefault="006F6FE2" w:rsidP="00116BDD">
+    <w:p w14:paraId="7A3C01E3" w14:textId="77777777" w:rsidR="00583F3F" w:rsidRDefault="00583F3F" w:rsidP="00116BDD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="607DD80E" w14:textId="77777777" w:rsidR="006F6FE2" w:rsidRDefault="006F6FE2" w:rsidP="00116BDD">
+    <w:p w14:paraId="7BBAE2B5" w14:textId="77777777" w:rsidR="00583F3F" w:rsidRDefault="00583F3F" w:rsidP="00116BDD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -3508,51 +3501,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69CFD747" w14:textId="2096E1E2" w:rsidR="00116BDD" w:rsidRDefault="00116BDD" w:rsidP="00116BDD">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Blankett ARA 56d       Sida </w:t>
     </w:r>
     <w:r w:rsidRPr="00116BDD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00116BDD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3576,51 +3569,51 @@
     </w:r>
     <w:r w:rsidRPr="00116BDD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>/3</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6582C0A4" w14:textId="77777777" w:rsidR="00116BDD" w:rsidRDefault="00116BDD">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AD9E034" w14:textId="32B5D8F2" w:rsidR="007B13D0" w:rsidRDefault="007B13D0">
     <w:pPr>
       <w:pStyle w:val="Alatunniste"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Blankett ARA 56d       Sida </w:t>
     </w:r>
     <w:r w:rsidRPr="00116BDD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00116BDD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
@@ -3635,70 +3628,70 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00116BDD">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>/3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06F72B14" w14:textId="77777777" w:rsidR="006F6FE2" w:rsidRDefault="006F6FE2" w:rsidP="00116BDD">
+    <w:p w14:paraId="232B9A77" w14:textId="77777777" w:rsidR="00583F3F" w:rsidRDefault="00583F3F" w:rsidP="00116BDD">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DC2248E" w14:textId="77777777" w:rsidR="006F6FE2" w:rsidRDefault="006F6FE2" w:rsidP="00116BDD">
+    <w:p w14:paraId="339F096F" w14:textId="77777777" w:rsidR="00583F3F" w:rsidRDefault="00583F3F" w:rsidP="00116BDD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="65A5767D" w14:textId="1DB416AC" w:rsidR="007B13D0" w:rsidRDefault="007B13D0">
     <w:pPr>
       <w:pStyle w:val="Yltunniste"/>
     </w:pPr>
     <w:r w:rsidRPr="00381E2C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20D6951C" wp14:editId="1013CBEA">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-288290</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>180340</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1904400" cy="874800"/>
           <wp:effectExtent l="0" t="0" r="0" b="1905"/>
           <wp:wrapNone/>
           <wp:docPr id="2115115748" name="Kuva 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
@@ -3732,51 +3725,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20FB71CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4D16AD0E"/>
     <w:lvl w:ilvl="0" w:tplc="040B0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040B0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4061,199 +4054,202 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="427428878">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1789229856">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="982123048">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="NCjtVFOr/tTsZT2agQ4xTLVYBj0wfQ6tUukJeGUqipOdNGRB1mp0A9Hbf/1OIwElmIuEoeXuSa9Uh/QC514GjA==" w:salt="AZFml+0yjl/5ALbmR1oj3A=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1jxP4oMFp9PoMw5FIo8DlL46d/N2dyCn4trbeXp2PXrXz+uCzpmk4SqUuaUM2QIDeGdWWlqd4urA9rC5iv32uA==" w:salt="B5PyOPWXzmDtXpTLR40GGw=="/>
   <w:defaultTabStop w:val="1304"/>
   <w:hyphenationZone w:val="425"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00093087"/>
     <w:rsid w:val="00037BC0"/>
     <w:rsid w:val="000411F4"/>
     <w:rsid w:val="000746D3"/>
     <w:rsid w:val="00074A6A"/>
     <w:rsid w:val="00086063"/>
     <w:rsid w:val="00092002"/>
     <w:rsid w:val="00093087"/>
     <w:rsid w:val="00094ED3"/>
     <w:rsid w:val="000A2E51"/>
     <w:rsid w:val="000B57C1"/>
     <w:rsid w:val="000B70EE"/>
     <w:rsid w:val="000C03DC"/>
     <w:rsid w:val="000D0BA9"/>
     <w:rsid w:val="000E1C4C"/>
     <w:rsid w:val="000F0AA8"/>
     <w:rsid w:val="000F2CBE"/>
     <w:rsid w:val="000F48E7"/>
     <w:rsid w:val="00113921"/>
     <w:rsid w:val="00116BDD"/>
     <w:rsid w:val="00117824"/>
     <w:rsid w:val="0012250E"/>
+    <w:rsid w:val="0012485B"/>
     <w:rsid w:val="001251B1"/>
     <w:rsid w:val="00127695"/>
     <w:rsid w:val="00130BDB"/>
     <w:rsid w:val="00155FEE"/>
     <w:rsid w:val="00170C57"/>
     <w:rsid w:val="00170FBE"/>
     <w:rsid w:val="00174383"/>
     <w:rsid w:val="00191827"/>
     <w:rsid w:val="001A547E"/>
     <w:rsid w:val="001A62FD"/>
     <w:rsid w:val="001F6EB1"/>
     <w:rsid w:val="002064E7"/>
     <w:rsid w:val="00206F39"/>
     <w:rsid w:val="00216B3F"/>
     <w:rsid w:val="00217837"/>
     <w:rsid w:val="00237017"/>
     <w:rsid w:val="0024022A"/>
     <w:rsid w:val="002470F1"/>
     <w:rsid w:val="002571AB"/>
     <w:rsid w:val="00265677"/>
     <w:rsid w:val="0027550B"/>
     <w:rsid w:val="00276321"/>
     <w:rsid w:val="002A3006"/>
     <w:rsid w:val="002A63A5"/>
     <w:rsid w:val="002D4258"/>
     <w:rsid w:val="002D74D6"/>
     <w:rsid w:val="002E171F"/>
     <w:rsid w:val="002F01E2"/>
     <w:rsid w:val="002F664E"/>
     <w:rsid w:val="003137EA"/>
     <w:rsid w:val="0035381B"/>
     <w:rsid w:val="0037737E"/>
     <w:rsid w:val="00391CDA"/>
+    <w:rsid w:val="003921DC"/>
     <w:rsid w:val="003968C4"/>
     <w:rsid w:val="003A2642"/>
     <w:rsid w:val="003B016E"/>
     <w:rsid w:val="003B4465"/>
     <w:rsid w:val="003C78D4"/>
     <w:rsid w:val="003D76F5"/>
     <w:rsid w:val="003E530E"/>
     <w:rsid w:val="003F18C6"/>
     <w:rsid w:val="003F7811"/>
     <w:rsid w:val="004074DC"/>
     <w:rsid w:val="00407C98"/>
     <w:rsid w:val="004259C5"/>
     <w:rsid w:val="0043569D"/>
     <w:rsid w:val="00437162"/>
     <w:rsid w:val="004418AF"/>
     <w:rsid w:val="0044581B"/>
     <w:rsid w:val="004531FE"/>
     <w:rsid w:val="0045468F"/>
     <w:rsid w:val="00472A29"/>
     <w:rsid w:val="00481A27"/>
     <w:rsid w:val="004B0E77"/>
     <w:rsid w:val="004B166C"/>
     <w:rsid w:val="004B6465"/>
     <w:rsid w:val="004B6A6E"/>
     <w:rsid w:val="004C3DD4"/>
     <w:rsid w:val="004D1BCF"/>
     <w:rsid w:val="004D35C0"/>
     <w:rsid w:val="004D65E7"/>
     <w:rsid w:val="004E1282"/>
     <w:rsid w:val="005013EF"/>
     <w:rsid w:val="00511429"/>
     <w:rsid w:val="00512576"/>
     <w:rsid w:val="00516CCB"/>
     <w:rsid w:val="005223C8"/>
     <w:rsid w:val="00534731"/>
     <w:rsid w:val="00547F65"/>
     <w:rsid w:val="0056674B"/>
     <w:rsid w:val="0057744B"/>
+    <w:rsid w:val="00583F3F"/>
     <w:rsid w:val="0058496D"/>
     <w:rsid w:val="005B3A0C"/>
     <w:rsid w:val="005C7BDC"/>
     <w:rsid w:val="005D06F0"/>
     <w:rsid w:val="00607EC6"/>
-    <w:rsid w:val="00617864"/>
     <w:rsid w:val="00617BD0"/>
     <w:rsid w:val="006473E5"/>
     <w:rsid w:val="00672F89"/>
     <w:rsid w:val="00682A32"/>
     <w:rsid w:val="00683BDB"/>
     <w:rsid w:val="0069445B"/>
     <w:rsid w:val="0069701A"/>
     <w:rsid w:val="006A0043"/>
     <w:rsid w:val="006A0C92"/>
     <w:rsid w:val="006A7ADD"/>
     <w:rsid w:val="006C386B"/>
     <w:rsid w:val="006F06DA"/>
     <w:rsid w:val="006F2B3F"/>
     <w:rsid w:val="006F5A9E"/>
     <w:rsid w:val="006F6FE2"/>
+    <w:rsid w:val="00704BB2"/>
     <w:rsid w:val="0072486B"/>
     <w:rsid w:val="00726B6C"/>
     <w:rsid w:val="00731AC8"/>
     <w:rsid w:val="007361C7"/>
     <w:rsid w:val="00747660"/>
     <w:rsid w:val="0075172A"/>
     <w:rsid w:val="00756D49"/>
     <w:rsid w:val="00764EEC"/>
     <w:rsid w:val="0076728C"/>
     <w:rsid w:val="00770C58"/>
     <w:rsid w:val="0077631D"/>
     <w:rsid w:val="00795137"/>
     <w:rsid w:val="007B03D3"/>
     <w:rsid w:val="007B13D0"/>
     <w:rsid w:val="007D6C6E"/>
     <w:rsid w:val="007E16C0"/>
     <w:rsid w:val="00800561"/>
     <w:rsid w:val="00806F30"/>
     <w:rsid w:val="00811F80"/>
     <w:rsid w:val="0081455C"/>
     <w:rsid w:val="00834210"/>
     <w:rsid w:val="00837919"/>
     <w:rsid w:val="00840059"/>
     <w:rsid w:val="00840E4B"/>
     <w:rsid w:val="0084140E"/>
@@ -4281,50 +4277,51 @@
     <w:rsid w:val="009D6BF0"/>
     <w:rsid w:val="009E18B6"/>
     <w:rsid w:val="009F3E8B"/>
     <w:rsid w:val="009F5485"/>
     <w:rsid w:val="009F5683"/>
     <w:rsid w:val="00A038AB"/>
     <w:rsid w:val="00A067EE"/>
     <w:rsid w:val="00A14FCC"/>
     <w:rsid w:val="00A256FF"/>
     <w:rsid w:val="00A31F00"/>
     <w:rsid w:val="00A35CEC"/>
     <w:rsid w:val="00A43138"/>
     <w:rsid w:val="00A60B46"/>
     <w:rsid w:val="00A618B6"/>
     <w:rsid w:val="00A64906"/>
     <w:rsid w:val="00A67095"/>
     <w:rsid w:val="00A90CBB"/>
     <w:rsid w:val="00A95424"/>
     <w:rsid w:val="00AA22B6"/>
     <w:rsid w:val="00AA7938"/>
     <w:rsid w:val="00AC630B"/>
     <w:rsid w:val="00AD287B"/>
     <w:rsid w:val="00AE1E77"/>
     <w:rsid w:val="00B12683"/>
     <w:rsid w:val="00B3055F"/>
+    <w:rsid w:val="00B306BE"/>
     <w:rsid w:val="00B35714"/>
     <w:rsid w:val="00B35E49"/>
     <w:rsid w:val="00B6502A"/>
     <w:rsid w:val="00B73458"/>
     <w:rsid w:val="00B73D46"/>
     <w:rsid w:val="00B75BE5"/>
     <w:rsid w:val="00B77DD5"/>
     <w:rsid w:val="00B77E27"/>
     <w:rsid w:val="00BA1689"/>
     <w:rsid w:val="00BA44A2"/>
     <w:rsid w:val="00BA6441"/>
     <w:rsid w:val="00BA6D19"/>
     <w:rsid w:val="00BC7A87"/>
     <w:rsid w:val="00BF72E4"/>
     <w:rsid w:val="00C053D5"/>
     <w:rsid w:val="00C11C05"/>
     <w:rsid w:val="00C26DD3"/>
     <w:rsid w:val="00C368A7"/>
     <w:rsid w:val="00C44C80"/>
     <w:rsid w:val="00C56943"/>
     <w:rsid w:val="00C7441B"/>
     <w:rsid w:val="00C75D2B"/>
     <w:rsid w:val="00C76525"/>
     <w:rsid w:val="00C85183"/>
     <w:rsid w:val="00C85817"/>
@@ -4380,65 +4377,65 @@
     <w:rsid w:val="00F71013"/>
     <w:rsid w:val="00FB56DA"/>
     <w:rsid w:val="00FB7E7C"/>
     <w:rsid w:val="00FD7469"/>
     <w:rsid w:val="00FF0F35"/>
     <w:rsid w:val="00FF21B6"/>
     <w:rsid w:val="00FF26AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fi-FI"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="741D57FF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BB3285BC-2E90-4982-A330-DEE74CD0DC0E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sv-FI" w:eastAsia="fi-FI" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -4855,57 +4852,57 @@
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TaulukkoRuudukko">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Normaalitaulukko"/>
     <w:rsid w:val="00AA7938"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:asumisneuvonta.varke@gov.fi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:varke.ym@gov.fi" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\03022798\Work%20Folders\LOMAKKEET\WORDjaEXCEL\ARA5612.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-teema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
@@ -5188,69 +5185,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CC9D8FD6-34B3-46A6-B77A-C06F71B648FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>ARA5612.dot</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>255</Words>
-  <Characters>2072</Characters>
+  <Words>247</Words>
+  <Characters>2003</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Otsikko</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Korjausavustushakemus</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ara</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2323</CharactersWithSpaces>
+  <CharactersWithSpaces>2246</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Korjausavustushakemus</dc:title>
   <dc:subject/>
   <dc:creator>ARA</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>